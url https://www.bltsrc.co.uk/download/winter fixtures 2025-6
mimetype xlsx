--- v0 (2025-11-02)
+++ v1 (2025-11-27)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10913"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Tracey/Documents/Tracey's/Tennis/Fixtures/Fixtures lists/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Manager\Documents\Tennis Match Fixtures and Results\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CFAF8E7D-7667-CF4B-B1EC-D6F95DA5F827}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7A66047D-9C2F-46F0-82CA-67E05CC9AC8E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="9420" yWindow="500" windowWidth="16140" windowHeight="13760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="11490" windowHeight="4380" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Master" sheetId="1" r:id="rId1"/>
     <sheet name="AL" sheetId="2" r:id="rId2"/>
     <sheet name="Mens Vets" sheetId="5" r:id="rId3"/>
     <sheet name="Ladies Vets" sheetId="3" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">AL!$A$1:$I$107</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">AL!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I110" i="2" l="1"/>
   <c r="I111" i="2"/>
   <c r="I112" i="2"/>
   <c r="I109" i="2"/>
   <c r="I108" i="2"/>
   <c r="I107" i="2"/>
   <c r="I106" i="2"/>
   <c r="I105" i="2"/>
   <c r="I104" i="2"/>
   <c r="I103" i="2"/>
   <c r="I102" i="2"/>
   <c r="I101" i="2"/>
   <c r="I86" i="2"/>
   <c r="I12" i="2"/>
@@ -118,78 +119,77 @@
   <c r="I56" i="2"/>
   <c r="I55" i="2"/>
   <c r="I54" i="2"/>
   <c r="I53" i="2"/>
   <c r="I35" i="2"/>
   <c r="I34" i="2"/>
   <c r="I33" i="2"/>
   <c r="I32" i="2"/>
   <c r="I31" i="2"/>
   <c r="I30" i="2"/>
   <c r="I29" i="2"/>
   <c r="I28" i="2"/>
   <c r="I27" i="2"/>
   <c r="I26" i="2"/>
   <c r="I25" i="2"/>
   <c r="I24" i="2"/>
   <c r="I13" i="2"/>
   <c r="I14" i="2"/>
   <c r="I15" i="2"/>
   <c r="I16" i="2"/>
   <c r="I17" i="2"/>
   <c r="I18" i="2"/>
   <c r="I19" i="2"/>
   <c r="I20" i="2"/>
   <c r="I21" i="2"/>
+  <c r="I29" i="3"/>
+  <c r="I26" i="3"/>
+  <c r="I30" i="3"/>
   <c r="I28" i="3"/>
-  <c r="I26" i="3"/>
-[...1 lines deleted...]
-  <c r="I30" i="3"/>
   <c r="I27" i="3"/>
-  <c r="I25" i="3"/>
   <c r="I16" i="3"/>
   <c r="I13" i="3"/>
   <c r="I14" i="3"/>
   <c r="I12" i="3"/>
   <c r="I17" i="3"/>
   <c r="I18" i="3"/>
   <c r="I19" i="3"/>
   <c r="I20" i="3"/>
   <c r="I21" i="3"/>
   <c r="I22" i="3"/>
   <c r="I23" i="3"/>
   <c r="I15" i="3"/>
   <c r="I75" i="2"/>
   <c r="A1" i="3"/>
   <c r="A1" i="5"/>
   <c r="A1" i="2"/>
-  <c r="I18" i="5"/>
+  <c r="I19" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1313" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1415" uniqueCount="182">
   <si>
     <t>APRIL</t>
   </si>
   <si>
     <t>Sat</t>
   </si>
   <si>
     <t>Sun</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Ladies 1</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>Mens 2</t>
   </si>
   <si>
@@ -270,533 +270,482 @@
   <si>
     <t>Mens&gt;55A</t>
   </si>
   <si>
     <t>Wed</t>
   </si>
   <si>
     <t>Mixed 1</t>
   </si>
   <si>
     <t>SEPTEMBER</t>
   </si>
   <si>
     <t>Kate Murphy</t>
   </si>
   <si>
     <t>Tues</t>
   </si>
   <si>
     <t>ITC</t>
   </si>
   <si>
     <t>Mens&gt;45A</t>
   </si>
   <si>
-    <t>Mens&gt;55B</t>
-[...1 lines deleted...]
-  <si>
     <t>Thur</t>
   </si>
   <si>
     <t>Ladies 2</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
-    <t>Townsend</t>
-[...1 lines deleted...]
-  <si>
     <t>Mens&gt;65A</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Over 40</t>
   </si>
   <si>
     <t>NOTES</t>
   </si>
   <si>
     <t>SHL</t>
   </si>
   <si>
     <t>= Summer Herts League</t>
   </si>
   <si>
     <t>New date/ Note</t>
   </si>
   <si>
     <t>Over 45A</t>
   </si>
   <si>
     <t>/</t>
   </si>
   <si>
     <t>as at</t>
   </si>
   <si>
     <t>Note/New date</t>
   </si>
   <si>
     <t>Colin Bayliss</t>
   </si>
   <si>
     <t>Harpenden 2</t>
   </si>
   <si>
-    <t>Bishops Stortford</t>
-[...1 lines deleted...]
-  <si>
     <t>Harpenden 1</t>
   </si>
   <si>
     <t>Over 70</t>
   </si>
   <si>
     <t>Mens&gt;70</t>
   </si>
   <si>
-    <t>Chorleywood</t>
+    <t>Courts 8&amp;9</t>
+  </si>
+  <si>
+    <t>Phil Casserley</t>
+  </si>
+  <si>
+    <t>LTA website link</t>
+  </si>
+  <si>
+    <t>Over 55A</t>
+  </si>
+  <si>
+    <t>Over 65</t>
+  </si>
+  <si>
+    <t>Townsend 1</t>
+  </si>
+  <si>
+    <t>Div 1</t>
+  </si>
+  <si>
+    <t>Aylesbury 1</t>
+  </si>
+  <si>
+    <t>Halton 2</t>
+  </si>
+  <si>
+    <t>Chesham 1879 2</t>
+  </si>
+  <si>
+    <t>Mens 1</t>
+  </si>
+  <si>
+    <t>Tracey Mackey</t>
+  </si>
+  <si>
+    <t>Over 50A</t>
+  </si>
+  <si>
+    <t>Over 50B</t>
+  </si>
+  <si>
+    <t>Ladies&gt;50A</t>
+  </si>
+  <si>
+    <t>Ladies&gt;50B</t>
+  </si>
+  <si>
+    <t>Cheddington 1</t>
+  </si>
+  <si>
+    <t>Halton 3</t>
+  </si>
+  <si>
+    <t>Mens 2 - Division 5  Captain Ian Bragg</t>
+  </si>
+  <si>
+    <t>Mens 3</t>
+  </si>
+  <si>
+    <t>Little Chalfont 2</t>
+  </si>
+  <si>
+    <t>Aylesbury 3</t>
+  </si>
+  <si>
+    <t>Mon</t>
+  </si>
+  <si>
+    <t>Div 1A</t>
+  </si>
+  <si>
+    <t>Div 1B</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>HANDICAP TOURNAMENT FINALS</t>
+  </si>
+  <si>
+    <t>HARRIS CUP FINALS - not at Berkhamsted</t>
+  </si>
+  <si>
+    <t>Play by</t>
+  </si>
+  <si>
+    <t>Hoddesdon 1</t>
+  </si>
+  <si>
+    <t>Farida Korallus</t>
+  </si>
+  <si>
+    <t>Tring 1</t>
+  </si>
+  <si>
+    <t>Long Crendon 1</t>
+  </si>
+  <si>
+    <t>Linslade 1</t>
+  </si>
+  <si>
+    <t>Aylesbury 2</t>
+  </si>
+  <si>
+    <t>Gt Missenden 2</t>
+  </si>
+  <si>
+    <t>Mens 1 - Division 1  Captain Dan Jay</t>
+  </si>
+  <si>
+    <t>Gt Missenden 1</t>
+  </si>
+  <si>
+    <t>Chesham 1879 1</t>
+  </si>
+  <si>
+    <t>Halton 1</t>
+  </si>
+  <si>
+    <t>Little Chalfont 1</t>
+  </si>
+  <si>
+    <t>Aston Park 2</t>
+  </si>
+  <si>
+    <t>Mens 3 - Division 8  Captain Bobby Mercandino</t>
+  </si>
+  <si>
+    <t>LTA website link:</t>
+  </si>
+  <si>
+    <t>Available home dates for weekend matches</t>
+  </si>
+  <si>
+    <t>Championship</t>
+  </si>
+  <si>
+    <t>ADTL CaptainsGuide</t>
+  </si>
+  <si>
+    <t>BERKHAMSTED TENNIS FIXTURES WINTER 25/26</t>
+  </si>
+  <si>
+    <t>Ladies 1 - Division 1  Captain Lisa Greenfield</t>
+  </si>
+  <si>
+    <t>Ladies 2 - Division 3  Captain Kirsty Hamilton</t>
+  </si>
+  <si>
+    <t>Ladies 3 - Division 5  Captain Alice Stoker</t>
+  </si>
+  <si>
+    <t>Ladies 3</t>
+  </si>
+  <si>
+    <t>Chesham Bois 1</t>
+  </si>
+  <si>
+    <t>Haddenham  1</t>
+  </si>
+  <si>
+    <t>Cheddington 2</t>
+  </si>
+  <si>
+    <t>Long Marston 2</t>
+  </si>
+  <si>
+    <t>Wendover 2</t>
+  </si>
+  <si>
+    <t>Aston Park 1</t>
+  </si>
+  <si>
+    <t>Bovingdon &amp; Flaunden 1</t>
+  </si>
+  <si>
+    <t>Horsenden 3</t>
+  </si>
+  <si>
+    <t>Halton 4</t>
+  </si>
+  <si>
+    <t>Bovingdon &amp; Flaunden 3</t>
+  </si>
+  <si>
+    <t>Mixed 2</t>
+  </si>
+  <si>
+    <t>Chesham Bois 2</t>
+  </si>
+  <si>
+    <t>Tring 2</t>
+  </si>
+  <si>
+    <t>Thame 2</t>
+  </si>
+  <si>
+    <t>Lomg Crendon 2</t>
+  </si>
+  <si>
+    <t>Oving 1</t>
+  </si>
+  <si>
+    <t>Prestwood 1</t>
+  </si>
+  <si>
+    <t>Offered</t>
+  </si>
+  <si>
+    <t>Mixed 1 - Division 3 Captain Shrina Patel</t>
+  </si>
+  <si>
+    <t>Mixed 2 - Division 7 Captain Jamie Matthews</t>
+  </si>
+  <si>
+    <t>Rickmansworth 1</t>
+  </si>
+  <si>
+    <t>Moor Park 1</t>
+  </si>
+  <si>
+    <t>Kimpton 1</t>
+  </si>
+  <si>
+    <t>??</t>
+  </si>
+  <si>
+    <t>Letchworth 1</t>
+  </si>
+  <si>
+    <t>St Albans 1</t>
+  </si>
+  <si>
+    <t>Rickmansworth 2</t>
+  </si>
+  <si>
+    <t>Elliswick 2</t>
+  </si>
+  <si>
+    <t>Radlett 2</t>
+  </si>
+  <si>
+    <t>Brookmans Park 2</t>
+  </si>
+  <si>
+    <t>Hertford 1</t>
+  </si>
+  <si>
+    <t>Div 3</t>
+  </si>
+  <si>
+    <t>LTA Vets website 25-26</t>
+  </si>
+  <si>
+    <t>Not updated on website</t>
+  </si>
+  <si>
+    <t>Not updated on website yet</t>
+  </si>
+  <si>
+    <t>Last play-by date 19/04/26</t>
+  </si>
+  <si>
+    <t>Long Crendon 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Joanne U14 2pm </t>
+  </si>
+  <si>
+    <t>CC U14 2pm</t>
+  </si>
+  <si>
+    <t>Sandra U16A 2pm</t>
+  </si>
+  <si>
+    <t>Welwyn 1</t>
+  </si>
+  <si>
+    <t>W. Herts &amp; Watford 1</t>
+  </si>
+  <si>
+    <t>Jon O'Mahoney</t>
+  </si>
+  <si>
+    <t>Doug Houston</t>
+  </si>
+  <si>
+    <t>Mark U18 - or is this on 23rd?</t>
+  </si>
+  <si>
+    <t>Junior tournament?</t>
+  </si>
+  <si>
+    <t>Joanne U14 2pm &amp; Mark U18</t>
+  </si>
+  <si>
+    <t>U16b, 3-5.30pm</t>
+  </si>
+  <si>
+    <t>Asked S&amp;V to book</t>
+  </si>
+  <si>
+    <t>SandraU16a 2pm  2 courts</t>
+  </si>
+  <si>
+    <t>Available home dates for weekday matches</t>
+  </si>
+  <si>
+    <t>To rearrange</t>
+  </si>
+  <si>
+    <t>Offered to Jamie</t>
+  </si>
+  <si>
+    <t>7/1 and 28/1 offered</t>
+  </si>
+  <si>
+    <t>12/11, 26/11, 3/12, 17/12 offered</t>
+  </si>
+  <si>
+    <t>To rearrange - Shrina</t>
+  </si>
+  <si>
+    <t>LTA website winter 25-26</t>
+  </si>
+  <si>
+    <t>To be rearranged</t>
+  </si>
+  <si>
+    <t>LTA mens vets 25-26</t>
   </si>
   <si>
     <t>Townsend 2</t>
   </si>
   <si>
-    <t>Courts 8&amp;9</t>
-[...398 lines deleted...]
-    <t>Long Crendon 2</t>
+    <t>Codicote 1</t>
+  </si>
+  <si>
+    <t>Greenwood Park 1</t>
+  </si>
+  <si>
+    <t>Elliswick 1</t>
+  </si>
+  <si>
+    <t>Harpenden  1</t>
+  </si>
+  <si>
+    <t>Chorleywood  1</t>
+  </si>
+  <si>
+    <t>Bishops Stortford 1</t>
+  </si>
+  <si>
+    <t>Tewin 1</t>
+  </si>
+  <si>
+    <t>Totteridge  1</t>
+  </si>
+  <si>
+    <t>Courts 11&amp;12</t>
+  </si>
+  <si>
+    <t>Junior Tournament 4 cts 12-5pm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="mmmmm\-yy"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="mmmmm\-yy"/>
   </numFmts>
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="8"/>
       <name val="Times New Roman"/>
@@ -848,102 +797,90 @@
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="20"/>
-[...3 lines deleted...]
-    <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
-    </font>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF0070C0"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF0070C0"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color rgb="FF7030A0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="18">
+  <fills count="19">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -974,75 +911,81 @@
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFD579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF73FEFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFCCFFCC"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD88DFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF6C57"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -1164,308 +1107,312 @@
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="112">
+  <cellXfs count="118">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="16" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="8" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="8" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="7" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="43" fontId="7" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="4" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="5" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="7" fillId="5" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="43" fontId="3" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="16" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="10" fillId="12" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="18" fillId="10" borderId="10" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="8" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...11 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="14" borderId="7" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="20" fillId="13" borderId="7" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="4"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="14" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="14" fillId="16" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="14" fillId="15" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="16" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="43" fontId="2" fillId="16" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="3" fillId="16" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="3" fillId="17" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="10" xfId="4" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="3" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="15" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="15" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="14" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="15" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="14" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="9" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="9" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="9" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="9" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="9" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="9" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="9">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Followed Hyperlink" xfId="5" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="7" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -1506,52 +1453,53 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
     <mruColors>
+      <color rgb="FFFF6C57"/>
+      <color rgb="FF73FEFF"/>
       <color rgb="FFFFD579"/>
-      <color rgb="FF73FEFF"/>
       <color rgb="FFFFB200"/>
       <color rgb="FFFF9C00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Verve">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1810,8559 +1758,9521 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clubspark.lta.org.uk/ADTL/CaptainsGuide" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://competitions.lta.org.uk/sport/tournament.aspx?id=5CC04125-8672-48BE-BA6E-585F78909DF0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clubspark.lta.org.uk/ADTL/CaptainsGuide" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://competitions.lta.org.uk/admin/organization/group/0E26820C-A89B-44BD-8118-DBD83A616281/league/ED2C5AF3-6662-40FE-AD63-782CED4C6775" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://competitions.lta.org.uk/sport/tournament.aspx?id=C039EF96-D585-482B-8A26-432382B78EA3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://competitions.lta.org.uk/admin/organization/group/0E26820C-A89B-44BD-8118-DBD83A616281/league/A04051B8-110B-48FE-A665-304C2D0B93A6" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susannacollins@icloud.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindsaycbird@hotmail.co.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://competitions.lta.org.uk/league/C589BF24-D0B4-4301-814B-81D8272C614E" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:judy.sharman@ntlworld.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:p.gomar@btinternet.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie_flowerellis@hotmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://competitions.lta.org.uk/league/C589BF24-D0B4-4301-814B-81D8272C614E" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="6"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P243"/>
+  <dimension ref="A1:P277"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="125" zoomScaleNormal="125" zoomScalePageLayoutView="125" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="L2" sqref="L2"/>
+      <selection pane="bottomLeft" activeCell="B31" sqref="B31:J69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="11" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.1640625" style="1" hidden="1" customWidth="1"/>
-    <col min="2" max="2" width="2.1640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.140625" style="1" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="2.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="5" style="1" customWidth="1"/>
-    <col min="4" max="4" width="3.6640625" style="2" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="17" max="16384" width="9.1640625" style="1"/>
+    <col min="4" max="4" width="3.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="6.7109375" style="3" customWidth="1"/>
+    <col min="6" max="6" width="2.7109375" style="2" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" style="2" customWidth="1"/>
+    <col min="8" max="8" width="4.7109375" style="2" customWidth="1"/>
+    <col min="9" max="9" width="14.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="10.7109375" style="2" customWidth="1"/>
+    <col min="11" max="11" width="1.28515625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="31.140625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="33.140625" style="2" customWidth="1"/>
+    <col min="14" max="14" width="3.42578125" style="5" customWidth="1"/>
+    <col min="15" max="15" width="6.7109375" style="3" customWidth="1"/>
+    <col min="16" max="16" width="2.7109375" style="2" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="16" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:16" ht="15.75" x14ac:dyDescent="0.2">
       <c r="C1" s="39" t="s">
-        <v>139</v>
+        <v>107</v>
       </c>
       <c r="D1" s="38"/>
       <c r="E1" s="40"/>
       <c r="F1" s="38"/>
       <c r="G1" s="38"/>
       <c r="H1" s="38"/>
       <c r="I1" s="39"/>
       <c r="J1" s="38"/>
       <c r="K1" s="31"/>
-      <c r="L1" s="78">
-        <v>45916</v>
+      <c r="L1" s="76">
+        <v>45959</v>
       </c>
       <c r="M1" s="31"/>
       <c r="N1" s="31"/>
       <c r="O1" s="31"/>
       <c r="P1" s="31"/>
     </row>
-    <row r="2" spans="1:16" ht="6" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="2" spans="1:16" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C2" s="29"/>
       <c r="D2" s="7"/>
       <c r="E2" s="41"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="29"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
       <c r="M2" s="7"/>
       <c r="N2" s="7"/>
       <c r="O2" s="7"/>
       <c r="P2" s="7"/>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.15">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
       <c r="L3" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="N3" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="O3" s="50" t="s">
         <v>49</v>
       </c>
-      <c r="N3" s="1" t="s">
-[...11 lines deleted...]
-    <row r="7" spans="1:16" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L5" s="82" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L6" s="99" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A7" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C7" s="45" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="43"/>
       <c r="E7" s="43"/>
       <c r="F7" s="43"/>
       <c r="G7" s="43"/>
       <c r="H7" s="43"/>
       <c r="I7" s="46"/>
       <c r="J7" s="43"/>
       <c r="K7" s="6"/>
       <c r="N7" s="1"/>
       <c r="O7" s="4"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="45" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="43"/>
       <c r="E8" s="43"/>
       <c r="F8" s="43"/>
       <c r="G8" s="43"/>
       <c r="H8" s="43"/>
       <c r="I8" s="46"/>
       <c r="J8" s="43"/>
       <c r="K8" s="6"/>
       <c r="L8" s="2"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="7"/>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.15">
-      <c r="A10" s="1" t="s">
+    <row r="9" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="1">
+        <v>10</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="2">
+        <v>1</v>
+      </c>
+      <c r="E9" s="3">
         <v>19</v>
       </c>
-      <c r="C10" s="45" t="s">
-[...8 lines deleted...]
-      <c r="J10" s="43"/>
+      <c r="F9" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="J9" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" s="6"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+    </row>
+    <row r="10" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="53">
+        <v>10</v>
+      </c>
+      <c r="C10" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="54">
+        <v>4</v>
+      </c>
+      <c r="E10" s="55">
+        <v>11</v>
+      </c>
+      <c r="F10" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G10" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I10" s="53" t="s">
+        <v>68</v>
+      </c>
+      <c r="J10" s="54" t="s">
+        <v>60</v>
+      </c>
       <c r="K10" s="6"/>
-      <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.15">
-[...12 lines deleted...]
-      <c r="J12" s="43"/>
+    <row r="11" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="1">
+        <v>10</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="2">
+        <v>5</v>
+      </c>
+      <c r="E11" s="3">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="J11" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" s="6"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+    </row>
+    <row r="12" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="1">
+        <v>10</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D12" s="2">
+        <v>5</v>
+      </c>
+      <c r="E12" s="3">
+        <v>10</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="J12" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="K12" s="6"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.15">
-[...12 lines deleted...]
-      <c r="J13" s="43"/>
+    <row r="13" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="1">
+        <v>10</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D13" s="2">
+        <v>5</v>
+      </c>
+      <c r="E13" s="3">
+        <v>13</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="J13" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="K13" s="6"/>
-      <c r="N13" s="1"/>
-[...16 lines deleted...]
-      <c r="J14" s="43"/>
+    </row>
+    <row r="14" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="53">
+        <v>10</v>
+      </c>
+      <c r="C14" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" s="54">
+        <v>8</v>
+      </c>
+      <c r="E14" s="55">
+        <v>19</v>
+      </c>
+      <c r="F14" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G14" s="54" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I14" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="J14" s="54" t="s">
+        <v>60</v>
+      </c>
       <c r="K14" s="6"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.15">
-[...12 lines deleted...]
-      <c r="J15" s="43"/>
+    <row r="15" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="53">
+        <v>10</v>
+      </c>
+      <c r="C15" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="54">
+        <v>11</v>
+      </c>
+      <c r="E15" s="55">
+        <v>11</v>
+      </c>
+      <c r="F15" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G15" s="54" t="s">
+        <v>7</v>
+      </c>
+      <c r="H15" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I15" s="53" t="s">
+        <v>100</v>
+      </c>
+      <c r="J15" s="54" t="s">
+        <v>60</v>
+      </c>
       <c r="K15" s="6"/>
+      <c r="M15" s="1" t="s">
+        <v>149</v>
+      </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.15">
-[...12 lines deleted...]
-      <c r="J16" s="44"/>
+    <row r="16" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="1">
+        <v>10</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D16" s="2">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3">
+        <v>10.3</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="K16" s="6"/>
+      <c r="M16" s="1" t="s">
+        <v>157</v>
+      </c>
       <c r="N16" s="1"/>
-      <c r="O16" s="4"/>
-[...1 lines deleted...]
-    <row r="17" spans="2:16" x14ac:dyDescent="0.15">
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+    </row>
+    <row r="17" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="1">
+        <v>10</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D17" s="2">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3">
+        <v>13</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="J17" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K17" s="6"/>
+      <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
     </row>
-    <row r="18" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="18" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="89">
+        <v>10</v>
+      </c>
+      <c r="C18" s="89" t="s">
+        <v>2</v>
+      </c>
+      <c r="D18" s="90">
+        <v>12</v>
+      </c>
+      <c r="E18" s="91"/>
+      <c r="F18" s="90"/>
+      <c r="G18" s="90" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" s="90"/>
+      <c r="I18" s="89"/>
+      <c r="J18" s="90"/>
+      <c r="K18" s="6"/>
+      <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
     </row>
-    <row r="19" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E19" s="3">
+    <row r="19" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="53">
         <v>10</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C19" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="54">
+        <v>15</v>
+      </c>
+      <c r="E19" s="55">
+        <v>19</v>
+      </c>
+      <c r="F19" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G19" s="54" t="s">
+        <v>122</v>
+      </c>
+      <c r="H19" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I19" s="53" t="s">
+        <v>114</v>
+      </c>
+      <c r="J19" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K19" s="6"/>
+      <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
     </row>
-    <row r="20" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="20" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
       <c r="B20" s="53">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C20" s="53" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D20" s="54">
+        <v>18</v>
+      </c>
+      <c r="E20" s="55">
         <v>11</v>
       </c>
-      <c r="E20" s="55">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G20" s="54" t="s">
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="H20" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I20" s="53" t="s">
-        <v>157</v>
+        <v>118</v>
       </c>
       <c r="J20" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K20" s="6"/>
+      <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
     </row>
-    <row r="21" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="21" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
       <c r="B21" s="53">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C21" s="53" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="D21" s="54">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E21" s="55">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="F21" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G21" s="54" t="s">
-        <v>154</v>
+        <v>70</v>
       </c>
       <c r="H21" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="53" t="s">
+        <v>99</v>
+      </c>
+      <c r="J21" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K21" s="6"/>
+      <c r="M21" s="1" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
     </row>
-    <row r="22" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="22" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
       <c r="B22" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>42</v>
+        <v>2</v>
       </c>
       <c r="D22" s="2">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E22" s="3">
-        <v>19</v>
+        <v>10.3</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K22" s="6"/>
+      <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
     </row>
-    <row r="23" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="23" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1">
+        <v>10</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D23" s="2">
+        <v>22</v>
+      </c>
+      <c r="E23" s="3">
+        <v>19</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J23" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K23" s="6"/>
+      <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
     </row>
-    <row r="24" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="24" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="53">
+        <v>10</v>
+      </c>
+      <c r="C24" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D24" s="54">
+        <v>22</v>
+      </c>
+      <c r="E24" s="55">
+        <v>19</v>
+      </c>
+      <c r="F24" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G24" s="54" t="s">
+        <v>122</v>
+      </c>
+      <c r="H24" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I24" s="53" t="s">
+        <v>120</v>
+      </c>
+      <c r="J24" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K24" s="6"/>
+      <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
     </row>
-    <row r="25" spans="2:16" x14ac:dyDescent="0.15">
-[...25 lines deleted...]
-        <v>92</v>
+    <row r="25" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="53">
+        <v>10</v>
+      </c>
+      <c r="C25" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="54">
+        <v>25</v>
+      </c>
+      <c r="E25" s="55">
+        <v>11</v>
+      </c>
+      <c r="F25" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G25" s="54" t="s">
+        <v>79</v>
+      </c>
+      <c r="H25" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I25" s="53" t="s">
+        <v>114</v>
+      </c>
+      <c r="J25" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K25" s="6"/>
+      <c r="M25" s="1" t="s">
+        <v>150</v>
       </c>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
     </row>
-    <row r="26" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="26" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
       <c r="B26" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D26" s="2">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E26" s="3">
-        <v>12</v>
+        <v>13.3</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>7</v>
+        <v>111</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K26" s="6"/>
+      <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
     </row>
-    <row r="27" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="27" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="53">
+        <v>10</v>
+      </c>
+      <c r="C27" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D27" s="54">
+        <v>26</v>
+      </c>
+      <c r="E27" s="55">
+        <v>10</v>
+      </c>
+      <c r="F27" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G27" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="H27" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I27" s="53" t="s">
+        <v>112</v>
+      </c>
+      <c r="J27" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K27" s="6"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
     </row>
-    <row r="28" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="28" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="1">
+        <v>10</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D28" s="2">
+        <v>26</v>
+      </c>
+      <c r="E28" s="3">
+        <v>12.3</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K28" s="6"/>
+      <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
     </row>
-    <row r="29" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B29" s="53">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C29" s="53" t="s">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="D29" s="54">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E29" s="55">
-        <v>13.3</v>
+        <v>19</v>
       </c>
       <c r="F29" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G29" s="54" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="H29" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="53" t="s">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="J29" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K29" s="6"/>
+      <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
     </row>
-    <row r="30" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B30" s="1">
+        <v>10</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D30" s="2">
+        <v>30</v>
+      </c>
+      <c r="E30" s="3">
+        <v>19</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="J30" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K30" s="6"/>
+      <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
     </row>
-    <row r="31" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E31" s="55">
+    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A31" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="F31" s="54" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C31" s="45" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" s="43"/>
+      <c r="E31" s="43"/>
+      <c r="F31" s="43"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="43"/>
+      <c r="I31" s="46"/>
+      <c r="J31" s="43"/>
+      <c r="K31" s="6"/>
+      <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
     </row>
-    <row r="32" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E32" s="55">
+    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B32" s="96">
         <v>11</v>
       </c>
-      <c r="F32" s="54" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C32" s="96" t="s">
+        <v>1</v>
+      </c>
+      <c r="D32" s="97">
+        <v>1</v>
+      </c>
+      <c r="E32" s="98">
+        <v>11</v>
+      </c>
+      <c r="F32" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="G32" s="97" t="s">
+        <v>74</v>
+      </c>
+      <c r="H32" s="97" t="s">
+        <v>9</v>
+      </c>
+      <c r="I32" s="96" t="s">
+        <v>132</v>
+      </c>
+      <c r="J32" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="K32" s="6"/>
+      <c r="L32" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
     </row>
-    <row r="33" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="33" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B33" s="53">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="C33" s="53" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="54">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E33" s="55">
         <v>10</v>
       </c>
       <c r="F33" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G33" s="54" t="s">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="H33" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I33" s="53" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
       <c r="J33" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K33" s="6"/>
+      <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
     </row>
-    <row r="34" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E34" s="3">
+    <row r="34" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B34" s="53">
+        <v>11</v>
+      </c>
+      <c r="C34" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D34" s="54">
+        <v>2</v>
+      </c>
+      <c r="E34" s="55">
         <v>13</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...12 lines deleted...]
-        <v>92</v>
+      <c r="F34" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G34" s="54" t="s">
+        <v>70</v>
+      </c>
+      <c r="H34" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I34" s="53" t="s">
+        <v>112</v>
+      </c>
+      <c r="J34" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K34" s="6"/>
+      <c r="M34" s="1" t="s">
+        <v>159</v>
       </c>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
     </row>
-    <row r="35" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="35" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B35" s="53">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="C35" s="53" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D35" s="54">
         <v>8</v>
       </c>
       <c r="E35" s="55">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F35" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G35" s="54" t="s">
-        <v>7</v>
+        <v>111</v>
       </c>
       <c r="H35" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I35" s="53" t="s">
-        <v>145</v>
+        <v>95</v>
       </c>
       <c r="J35" s="54" t="s">
-        <v>65</v>
+        <v>60</v>
+      </c>
+      <c r="K35" s="6"/>
+      <c r="M35" s="1" t="s">
+        <v>161</v>
       </c>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
     </row>
-    <row r="36" spans="2:16" x14ac:dyDescent="0.15">
-[...6 lines deleted...]
-      <c r="D36" s="54">
+    <row r="36" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B36" s="1">
         <v>11</v>
       </c>
-      <c r="E36" s="55">
-[...16 lines deleted...]
-      </c>
+      <c r="C36" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D36" s="2">
+        <v>9</v>
+      </c>
+      <c r="E36" s="3">
+        <v>10</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K36" s="6"/>
+      <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
     </row>
-    <row r="37" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E37" s="3">
+    <row r="37" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B37" s="104">
+        <v>11</v>
+      </c>
+      <c r="C37" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D37" s="105">
+        <v>9</v>
+      </c>
+      <c r="E37" s="106">
         <v>13</v>
       </c>
-      <c r="F37" s="2" t="s">
-[...12 lines deleted...]
-        <v>92</v>
+      <c r="F37" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G37" s="105"/>
+      <c r="H37" s="105"/>
+      <c r="I37" s="104"/>
+      <c r="J37" s="105"/>
+      <c r="K37" s="6"/>
+      <c r="M37" s="107" t="s">
+        <v>181</v>
       </c>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
     </row>
-    <row r="38" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="38" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B38" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="2">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E38" s="3">
-        <v>13</v>
+        <v>10.3</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>150</v>
+        <v>91</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K38" s="6"/>
+      <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
     </row>
-    <row r="39" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E39" s="55">
+    <row r="39" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B39" s="93">
         <v>11</v>
       </c>
-      <c r="F39" s="54" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C39" s="93" t="s">
+        <v>2</v>
+      </c>
+      <c r="D39" s="94">
+        <v>9</v>
+      </c>
+      <c r="E39" s="95">
+        <v>12</v>
+      </c>
+      <c r="F39" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G39" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="H39" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="I39" s="93" t="s">
+        <v>152</v>
+      </c>
+      <c r="J39" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="K39" s="6"/>
+      <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
     </row>
-    <row r="40" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="40" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B40" s="100">
+        <v>11</v>
+      </c>
+      <c r="C40" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D40" s="101">
+        <v>12</v>
+      </c>
+      <c r="E40" s="102">
+        <v>19</v>
+      </c>
+      <c r="F40" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G40" s="101"/>
+      <c r="H40" s="101"/>
+      <c r="I40" s="100"/>
+      <c r="J40" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K40" s="6"/>
+      <c r="L40" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
     </row>
-    <row r="41" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="41" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B41" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D41" s="2">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3">
         <v>10.3</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K41" s="6"/>
+      <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
     </row>
-    <row r="42" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="42" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B42" s="53">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="C42" s="53" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D42" s="54">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="E42" s="55">
-        <v>10.3</v>
+        <v>11</v>
       </c>
       <c r="F42" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G42" s="54" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H42" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I42" s="53" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="J42" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K42" s="6"/>
+      <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
     </row>
-    <row r="43" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="43" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B43" s="67">
+        <v>11</v>
+      </c>
+      <c r="C43" s="67" t="s">
+        <v>2</v>
+      </c>
+      <c r="D43" s="68">
+        <v>16</v>
+      </c>
+      <c r="E43" s="69"/>
+      <c r="F43" s="68"/>
+      <c r="G43" s="68" t="s">
+        <v>86</v>
+      </c>
+      <c r="H43" s="68"/>
+      <c r="I43" s="67"/>
+      <c r="J43" s="68"/>
+      <c r="K43" s="6"/>
+      <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
     </row>
-    <row r="44" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E44" s="3">
+    <row r="44" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B44" s="53">
+        <v>11</v>
+      </c>
+      <c r="C44" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D44" s="54">
         <v>19</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="2" t="s">
+      <c r="E44" s="55">
+        <v>19</v>
+      </c>
+      <c r="F44" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G44" s="54" t="s">
         <v>35</v>
       </c>
-      <c r="H44" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H44" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I44" s="53" t="s">
+        <v>117</v>
+      </c>
+      <c r="J44" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K44" s="6"/>
+      <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
     </row>
-    <row r="45" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E45" s="55">
+    <row r="45" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B45" s="1">
         <v>11</v>
       </c>
-      <c r="F45" s="54" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C45" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D45" s="2">
+        <v>20</v>
+      </c>
+      <c r="E45" s="3">
+        <v>18.3</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="J45" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K45" s="6"/>
+      <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
     </row>
-    <row r="46" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="46" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B46" s="96">
+        <v>11</v>
+      </c>
+      <c r="C46" s="96" t="s">
+        <v>1</v>
+      </c>
+      <c r="D46" s="97">
+        <v>22</v>
+      </c>
+      <c r="E46" s="98">
+        <v>11</v>
+      </c>
+      <c r="F46" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="G46" s="97" t="s">
+        <v>75</v>
+      </c>
+      <c r="H46" s="97" t="s">
+        <v>9</v>
+      </c>
+      <c r="I46" s="96" t="s">
+        <v>138</v>
+      </c>
+      <c r="J46" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="K46" s="6"/>
+      <c r="L46" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
     </row>
-    <row r="47" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="47" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B47" s="1">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>89</v>
+        <v>1</v>
       </c>
       <c r="D47" s="2">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="E47" s="3">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>154</v>
+        <v>4</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>152</v>
+        <v>97</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>92</v>
+        <v>85</v>
+      </c>
+      <c r="K47" s="6"/>
+      <c r="M47" s="1" t="s">
+        <v>156</v>
       </c>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
     </row>
-    <row r="48" spans="2:16" x14ac:dyDescent="0.15">
-[...6 lines deleted...]
-      <c r="D48" s="54">
+    <row r="48" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B48" s="1">
+        <v>11</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D48" s="2">
+        <v>23</v>
+      </c>
+      <c r="E48" s="3">
+        <v>10.3</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G48" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="E48" s="55">
-[...15 lines deleted...]
-        <v>65</v>
+      <c r="H48" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="J48" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K48" s="6"/>
+      <c r="M48" s="1" t="s">
+        <v>158</v>
       </c>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
     </row>
-    <row r="49" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B49" s="104">
+        <v>11</v>
+      </c>
+      <c r="C49" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D49" s="105">
+        <v>23</v>
+      </c>
+      <c r="E49" s="106">
+        <v>13</v>
+      </c>
+      <c r="F49" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G49" s="105"/>
+      <c r="H49" s="105"/>
+      <c r="I49" s="104"/>
+      <c r="J49" s="105"/>
+      <c r="K49" s="6"/>
+      <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
     </row>
-    <row r="50" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B50" s="100">
+        <v>11</v>
+      </c>
+      <c r="C50" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D50" s="101">
+        <v>26</v>
+      </c>
+      <c r="E50" s="102">
+        <v>19</v>
+      </c>
+      <c r="F50" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G50" s="101"/>
+      <c r="H50" s="101"/>
+      <c r="I50" s="100"/>
+      <c r="J50" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K50" s="6"/>
+      <c r="L50" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
     </row>
-    <row r="51" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B51" s="53">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="C51" s="53" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="D51" s="54">
+        <v>29</v>
+      </c>
+      <c r="E51" s="55">
         <v>11</v>
       </c>
-      <c r="E51" s="55">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G51" s="54" t="s">
-        <v>154</v>
+        <v>111</v>
       </c>
       <c r="H51" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I51" s="53" t="s">
-        <v>153</v>
+        <v>93</v>
       </c>
       <c r="J51" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K51" s="6"/>
+      <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
     </row>
-    <row r="52" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B52" s="1">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="D52" s="2">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E52" s="3">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>149</v>
+        <v>68</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K52" s="6"/>
+      <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
     </row>
-    <row r="53" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B53" s="93">
+        <v>11</v>
+      </c>
+      <c r="C53" s="93" t="s">
+        <v>2</v>
+      </c>
+      <c r="D53" s="94">
+        <v>30</v>
+      </c>
+      <c r="E53" s="95">
+        <v>10</v>
+      </c>
+      <c r="F53" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G53" s="94" t="s">
+        <v>75</v>
+      </c>
+      <c r="H53" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="I53" s="93" t="s">
+        <v>139</v>
+      </c>
+      <c r="J53" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="K53" s="6"/>
+      <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E54" s="55">
+    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B54" s="104">
         <v>11</v>
       </c>
-      <c r="F54" s="54" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C54" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D54" s="105">
+        <v>30</v>
+      </c>
+      <c r="E54" s="106">
+        <v>13</v>
+      </c>
+      <c r="F54" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G54" s="105"/>
+      <c r="H54" s="105"/>
+      <c r="I54" s="104"/>
+      <c r="J54" s="105"/>
+      <c r="K54" s="6"/>
+      <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
     </row>
-    <row r="55" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B55" s="1">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D55" s="2">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E55" s="3">
         <v>13</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>4</v>
+        <v>79</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>74</v>
+        <v>116</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>92</v>
+        <v>85</v>
+      </c>
+      <c r="K55" s="6"/>
+      <c r="M55" s="1" t="s">
+        <v>150</v>
       </c>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
     </row>
-    <row r="56" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A56" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C56" s="45" t="s">
+        <v>26</v>
+      </c>
+      <c r="D56" s="43"/>
+      <c r="E56" s="43"/>
+      <c r="F56" s="43"/>
+      <c r="G56" s="43"/>
+      <c r="H56" s="43"/>
+      <c r="I56" s="46"/>
+      <c r="J56" s="43"/>
+      <c r="K56" s="6"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
     </row>
-    <row r="57" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="57" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B57" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="D57" s="2">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="E57" s="3">
-        <v>13</v>
+        <v>18.3</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>143</v>
+        <v>35</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K57" s="6"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
     </row>
-    <row r="58" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B58" s="100">
+        <v>12</v>
+      </c>
+      <c r="C58" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D58" s="101">
+        <v>3</v>
+      </c>
+      <c r="E58" s="102">
+        <v>19</v>
+      </c>
+      <c r="F58" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G58" s="101"/>
+      <c r="H58" s="101"/>
+      <c r="I58" s="100"/>
+      <c r="J58" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K58" s="6"/>
+      <c r="L58" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
     </row>
-    <row r="59" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="59" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B59" s="53">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="C59" s="53" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="D59" s="54">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="E59" s="55">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F59" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G59" s="54" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="H59" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I59" s="53" t="s">
-        <v>150</v>
+        <v>101</v>
       </c>
       <c r="J59" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K59" s="6"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
     </row>
-    <row r="60" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B60" s="93">
+        <v>12</v>
+      </c>
+      <c r="C60" s="93" t="s">
+        <v>1</v>
+      </c>
+      <c r="D60" s="94">
+        <v>6</v>
+      </c>
+      <c r="E60" s="95">
+        <v>12</v>
+      </c>
+      <c r="F60" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G60" s="94" t="s">
+        <v>74</v>
+      </c>
+      <c r="H60" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="I60" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="J60" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="K60" s="6"/>
+      <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
     </row>
-    <row r="61" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B61" s="53">
+        <v>12</v>
+      </c>
+      <c r="C61" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D61" s="54">
+        <v>7</v>
+      </c>
+      <c r="E61" s="55">
+        <v>10</v>
+      </c>
+      <c r="F61" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G61" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="H61" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I61" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="J61" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K61" s="6"/>
+      <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
     </row>
-    <row r="62" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="62" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B62" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="D62" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E62" s="3">
-        <v>19</v>
+        <v>10.3</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K62" s="6"/>
+      <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
     </row>
-    <row r="63" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="63" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B63" s="53">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C63" s="53" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D63" s="54">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E63" s="55">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F63" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G63" s="54" t="s">
-        <v>43</v>
+        <v>111</v>
       </c>
       <c r="H63" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I63" s="53" t="s">
-        <v>75</v>
+        <v>148</v>
       </c>
       <c r="J63" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K63" s="6"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
     </row>
-    <row r="64" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="B64" s="1">
+    <row r="64" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B64" s="53">
+        <v>12</v>
+      </c>
+      <c r="C64" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D64" s="54">
         <v>10</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="E64" s="55">
+        <v>19</v>
+      </c>
+      <c r="F64" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G64" s="54" t="s">
+        <v>122</v>
+      </c>
+      <c r="H64" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I64" s="53" t="s">
+        <v>115</v>
+      </c>
+      <c r="J64" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K64" s="6"/>
+      <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
     </row>
-    <row r="65" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="65" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B65" s="53">
+        <v>12</v>
+      </c>
+      <c r="C65" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D65" s="54">
+        <v>13</v>
+      </c>
+      <c r="E65" s="55">
+        <v>11</v>
+      </c>
+      <c r="F65" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G65" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="H65" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I65" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="J65" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K65" s="6"/>
+      <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
     </row>
-    <row r="66" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="66" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B66" s="53">
+        <v>12</v>
+      </c>
+      <c r="C66" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D66" s="54">
+        <v>14</v>
+      </c>
+      <c r="E66" s="55">
+        <v>13.3</v>
+      </c>
+      <c r="F66" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G66" s="54" t="s">
+        <v>79</v>
+      </c>
+      <c r="H66" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I66" s="53" t="s">
+        <v>115</v>
+      </c>
+      <c r="J66" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K66" s="6"/>
+      <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
     </row>
-    <row r="67" spans="2:16" x14ac:dyDescent="0.15">
-[...3 lines deleted...]
-      <c r="C67" s="53" t="s">
+    <row r="67" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B67" s="100">
+        <v>12</v>
+      </c>
+      <c r="C67" s="100" t="s">
         <v>34</v>
       </c>
-      <c r="D67" s="54">
-[...2 lines deleted...]
-      <c r="E67" s="55">
+      <c r="D67" s="101">
+        <v>17</v>
+      </c>
+      <c r="E67" s="102">
         <v>19</v>
       </c>
-      <c r="F67" s="54" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F67" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G67" s="101"/>
+      <c r="H67" s="101"/>
+      <c r="I67" s="100"/>
+      <c r="J67" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K67" s="6"/>
+      <c r="L67" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
     </row>
-    <row r="68" spans="2:16" x14ac:dyDescent="0.15">
-[...6 lines deleted...]
-      <c r="D68" s="54">
+    <row r="68" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B68" s="104">
+        <v>12</v>
+      </c>
+      <c r="C68" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="D68" s="105">
+        <v>20</v>
+      </c>
+      <c r="E68" s="106">
         <v>11</v>
       </c>
-      <c r="E68" s="55">
-[...16 lines deleted...]
-      </c>
+      <c r="F68" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G68" s="105"/>
+      <c r="H68" s="105"/>
+      <c r="I68" s="104"/>
+      <c r="J68" s="105"/>
+      <c r="K68" s="6"/>
+      <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
     </row>
-    <row r="69" spans="2:16" x14ac:dyDescent="0.15">
-[...6 lines deleted...]
-      <c r="D69" s="99">
+    <row r="69" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B69" s="104">
         <v>12</v>
       </c>
-      <c r="E69" s="100"/>
-[...6 lines deleted...]
-      <c r="J69" s="99"/>
+      <c r="C69" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D69" s="105">
+        <v>21</v>
+      </c>
+      <c r="E69" s="106">
+        <v>13</v>
+      </c>
+      <c r="F69" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G69" s="105"/>
+      <c r="H69" s="105"/>
+      <c r="I69" s="104"/>
+      <c r="J69" s="105"/>
       <c r="K69" s="6"/>
+      <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
     </row>
-    <row r="70" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="70" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A70" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C70" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="D70" s="43"/>
+      <c r="E70" s="43"/>
+      <c r="F70" s="43"/>
+      <c r="G70" s="43"/>
+      <c r="H70" s="43"/>
+      <c r="I70" s="46"/>
+      <c r="J70" s="43"/>
+      <c r="K70" s="6"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
     </row>
-    <row r="71" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B71" s="104">
+        <v>1</v>
+      </c>
+      <c r="C71" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="D71" s="105">
+        <v>3</v>
+      </c>
+      <c r="E71" s="106">
+        <v>11</v>
+      </c>
+      <c r="F71" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G71" s="105"/>
+      <c r="H71" s="105"/>
+      <c r="I71" s="104"/>
+      <c r="J71" s="105"/>
+      <c r="K71" s="6"/>
+      <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
     </row>
-    <row r="72" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B72" s="104">
+        <v>1</v>
+      </c>
+      <c r="C72" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D72" s="105">
+        <v>4</v>
+      </c>
+      <c r="E72" s="106">
+        <v>13</v>
+      </c>
+      <c r="F72" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G72" s="105"/>
+      <c r="H72" s="105"/>
+      <c r="I72" s="104"/>
+      <c r="J72" s="105"/>
+      <c r="K72" s="6"/>
+      <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
     </row>
-    <row r="73" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B73" s="100">
+        <v>1</v>
+      </c>
+      <c r="C73" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D73" s="101">
+        <v>7</v>
+      </c>
+      <c r="E73" s="102">
+        <v>19</v>
+      </c>
+      <c r="F73" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G73" s="101"/>
+      <c r="H73" s="101"/>
+      <c r="I73" s="100"/>
+      <c r="J73" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K73" s="6"/>
+      <c r="L73" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
     </row>
-    <row r="74" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="B74" s="53">
+    <row r="74" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B74" s="104">
+        <v>1</v>
+      </c>
+      <c r="C74" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="D74" s="105">
         <v>10</v>
       </c>
-      <c r="C74" s="53" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="E74" s="106">
+        <v>11</v>
+      </c>
+      <c r="F74" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G74" s="105"/>
+      <c r="H74" s="105"/>
+      <c r="I74" s="104"/>
+      <c r="J74" s="105"/>
+      <c r="K74" s="6"/>
+      <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
     </row>
-    <row r="75" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="75" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B75" s="1">
+        <v>1</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D75" s="2">
+        <v>11</v>
+      </c>
+      <c r="E75" s="3">
         <v>10</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F75" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>145</v>
+        <v>68</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K75" s="6"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
     </row>
-    <row r="77" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B76" s="53">
+        <v>1</v>
+      </c>
+      <c r="C76" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D76" s="54">
+        <v>11</v>
+      </c>
+      <c r="E76" s="55">
+        <v>13.3</v>
+      </c>
+      <c r="F76" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G76" s="54" t="s">
+        <v>111</v>
+      </c>
+      <c r="H76" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I76" s="53" t="s">
+        <v>125</v>
+      </c>
+      <c r="J76" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K76" s="6"/>
+      <c r="N76" s="1"/>
+      <c r="O76" s="1"/>
+      <c r="P76" s="1"/>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B77" s="93">
+        <v>1</v>
+      </c>
+      <c r="C77" s="93" t="s">
+        <v>2</v>
+      </c>
+      <c r="D77" s="94">
+        <v>11</v>
+      </c>
+      <c r="E77" s="95"/>
+      <c r="F77" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G77" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="H77" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="I77" s="93" t="s">
+        <v>153</v>
+      </c>
+      <c r="J77" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="K77" s="6"/>
+      <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
     </row>
-    <row r="78" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="78" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B78" s="53">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C78" s="53" t="s">
         <v>34</v>
       </c>
       <c r="D78" s="54">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E78" s="55">
         <v>19</v>
       </c>
       <c r="F78" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G78" s="54" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="H78" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I78" s="53" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="J78" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K78" s="6"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
     </row>
-    <row r="79" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B79" s="1">
+        <v>1</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D79" s="2">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3">
+        <v>19</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H79" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="J79" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K79" s="6"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
     </row>
-    <row r="80" spans="2:16" x14ac:dyDescent="0.15">
-[...24 lines deleted...]
-      <c r="J80" s="2" t="s">
+    <row r="80" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B80" s="53">
+        <v>1</v>
+      </c>
+      <c r="C80" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D80" s="54">
+        <v>17</v>
+      </c>
+      <c r="E80" s="55">
+        <v>11</v>
+      </c>
+      <c r="F80" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G80" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="H80" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I80" s="53" t="s">
         <v>92</v>
       </c>
+      <c r="J80" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K80" s="6"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
     </row>
-    <row r="81" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B81" s="1">
+        <v>1</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D81" s="2">
+        <v>18</v>
+      </c>
+      <c r="E81" s="3">
+        <v>10.3</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H81" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="J81" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K81" s="6"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
     </row>
-    <row r="82" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B82" s="93">
+        <v>1</v>
+      </c>
+      <c r="C82" s="93" t="s">
+        <v>2</v>
+      </c>
+      <c r="D82" s="94">
+        <v>18</v>
+      </c>
+      <c r="E82" s="95">
+        <v>12</v>
+      </c>
+      <c r="F82" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G82" s="94" t="s">
+        <v>74</v>
+      </c>
+      <c r="H82" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="I82" s="93" t="s">
+        <v>133</v>
+      </c>
+      <c r="J82" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="K82" s="6"/>
+      <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
     </row>
-    <row r="83" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B83" s="104">
+        <v>1</v>
+      </c>
+      <c r="C83" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D83" s="105">
+        <v>18</v>
+      </c>
+      <c r="E83" s="106">
+        <v>13</v>
+      </c>
+      <c r="F83" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G83" s="105"/>
+      <c r="H83" s="105"/>
+      <c r="I83" s="104"/>
+      <c r="J83" s="105"/>
+      <c r="K83" s="6"/>
+      <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
     </row>
-    <row r="84" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="84" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B84" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D84" s="2">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E84" s="3">
         <v>19</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K84" s="6"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
     </row>
-    <row r="85" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="B85" s="53">
+    <row r="85" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B85" s="104">
+        <v>1</v>
+      </c>
+      <c r="C85" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="D85" s="105">
+        <v>24</v>
+      </c>
+      <c r="E85" s="106">
         <v>11</v>
       </c>
-      <c r="C85" s="53" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="F85" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G85" s="105"/>
+      <c r="H85" s="105"/>
+      <c r="I85" s="104"/>
+      <c r="J85" s="105"/>
+      <c r="K85" s="6"/>
+      <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
     </row>
-    <row r="86" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B86" s="1">
+        <v>1</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D86" s="2">
+        <v>24</v>
+      </c>
+      <c r="E86" s="3">
+        <v>12</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="H86" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="J86" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K86" s="6"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
     </row>
-    <row r="87" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B87" s="93">
+        <v>1</v>
+      </c>
+      <c r="C87" s="93" t="s">
+        <v>1</v>
+      </c>
+      <c r="D87" s="94">
+        <v>24</v>
+      </c>
+      <c r="E87" s="95">
+        <v>13</v>
+      </c>
+      <c r="F87" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G87" s="94" t="s">
+        <v>75</v>
+      </c>
+      <c r="H87" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="I87" s="93" t="s">
+        <v>142</v>
+      </c>
+      <c r="J87" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="K87" s="6"/>
+      <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
     </row>
-    <row r="88" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="88" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B88" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D88" s="2">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E88" s="3">
-        <v>10</v>
+        <v>10.3</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>4</v>
+        <v>111</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>155</v>
+        <v>126</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>92</v>
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K88" s="6"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
     </row>
-    <row r="89" spans="2:16" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E89" s="3">
+    <row r="89" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B89" s="53">
+        <v>1</v>
+      </c>
+      <c r="C89" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D89" s="54">
+        <v>25</v>
+      </c>
+      <c r="E89" s="55">
         <v>10.3</v>
       </c>
-      <c r="F89" s="2" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F89" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G89" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="H89" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I89" s="53" t="s">
+        <v>99</v>
+      </c>
+      <c r="J89" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K89" s="6"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
     </row>
-    <row r="90" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B90" s="53">
+        <v>1</v>
+      </c>
+      <c r="C90" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D90" s="54">
+        <v>25</v>
+      </c>
+      <c r="E90" s="55">
+        <v>13.3</v>
+      </c>
+      <c r="F90" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G90" s="54" t="s">
+        <v>70</v>
+      </c>
+      <c r="H90" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I90" s="53" t="s">
+        <v>98</v>
+      </c>
+      <c r="J90" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K90" s="6"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
     </row>
-    <row r="91" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="91" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B91" s="100">
+        <v>1</v>
+      </c>
+      <c r="C91" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D91" s="101">
+        <v>28</v>
+      </c>
+      <c r="E91" s="102">
+        <v>19</v>
+      </c>
+      <c r="F91" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G91" s="101"/>
+      <c r="H91" s="101"/>
+      <c r="I91" s="100"/>
+      <c r="J91" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K91" s="6"/>
+      <c r="L91" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
     </row>
-    <row r="92" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="B92" s="67">
+    <row r="92" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B92" s="96">
+        <v>1</v>
+      </c>
+      <c r="C92" s="96" t="s">
+        <v>1</v>
+      </c>
+      <c r="D92" s="97">
+        <v>31</v>
+      </c>
+      <c r="E92" s="98">
         <v>11</v>
       </c>
-      <c r="C92" s="67" t="s">
-[...12 lines deleted...]
-      <c r="J92" s="68"/>
+      <c r="F92" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="G92" s="97" t="s">
+        <v>24</v>
+      </c>
+      <c r="H92" s="97" t="s">
+        <v>9</v>
+      </c>
+      <c r="I92" s="96" t="s">
+        <v>133</v>
+      </c>
+      <c r="J92" s="97" t="s">
+        <v>60</v>
+      </c>
       <c r="K92" s="6"/>
+      <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
     </row>
-    <row r="93" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A93" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C93" s="45" t="s">
+        <v>28</v>
+      </c>
+      <c r="D93" s="43"/>
+      <c r="E93" s="43"/>
+      <c r="F93" s="43"/>
+      <c r="G93" s="43"/>
+      <c r="H93" s="43"/>
+      <c r="I93" s="46"/>
+      <c r="J93" s="43"/>
+      <c r="K93" s="6"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
     </row>
-    <row r="94" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="94" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B94" s="53">
+        <v>2</v>
+      </c>
+      <c r="C94" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D94" s="54">
+        <v>1</v>
+      </c>
+      <c r="E94" s="55">
+        <v>10.3</v>
+      </c>
+      <c r="F94" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G94" s="54" t="s">
+        <v>79</v>
+      </c>
+      <c r="H94" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I94" s="53" t="s">
+        <v>81</v>
+      </c>
+      <c r="J94" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K94" s="6"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
     </row>
-    <row r="95" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B95" s="93">
+        <v>2</v>
+      </c>
+      <c r="C95" s="93" t="s">
+        <v>2</v>
+      </c>
+      <c r="D95" s="94">
+        <v>1</v>
+      </c>
+      <c r="E95" s="95">
+        <v>12.3</v>
+      </c>
+      <c r="F95" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G95" s="94" t="s">
+        <v>75</v>
+      </c>
+      <c r="H95" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="I95" s="93" t="s">
+        <v>140</v>
+      </c>
+      <c r="J95" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="K95" s="6"/>
+      <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
     </row>
-    <row r="96" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B96" s="96">
+        <v>2</v>
+      </c>
+      <c r="C96" s="96" t="s">
+        <v>2</v>
+      </c>
+      <c r="D96" s="97">
+        <v>1</v>
+      </c>
+      <c r="E96" s="98">
+        <v>13.3</v>
+      </c>
+      <c r="F96" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="G96" s="97" t="s">
+        <v>24</v>
+      </c>
+      <c r="H96" s="97" t="s">
+        <v>9</v>
+      </c>
+      <c r="I96" s="96" t="s">
+        <v>57</v>
+      </c>
+      <c r="J96" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="K96" s="6"/>
+      <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
     </row>
-    <row r="97" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="97" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B97" s="53">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="C97" s="53" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="D97" s="54">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="E97" s="55">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F97" s="54" t="s">
         <v>6</v>
       </c>
       <c r="G97" s="54" t="s">
-        <v>143</v>
+        <v>35</v>
       </c>
       <c r="H97" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I97" s="53" t="s">
-        <v>104</v>
+        <v>69</v>
       </c>
       <c r="J97" s="54" t="s">
-        <v>65</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K97" s="6"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
     </row>
-    <row r="98" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="B98" s="1">
+    <row r="98" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B98" s="53">
+        <v>2</v>
+      </c>
+      <c r="C98" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D98" s="54">
+        <v>7</v>
+      </c>
+      <c r="E98" s="55">
         <v>11</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="F98" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G98" s="54" t="s">
+        <v>111</v>
+      </c>
+      <c r="H98" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I98" s="53" t="s">
+        <v>127</v>
+      </c>
+      <c r="J98" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K98" s="6"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
     </row>
-    <row r="99" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="99" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B99" s="53">
+        <v>2</v>
+      </c>
+      <c r="C99" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D99" s="54">
+        <v>8</v>
+      </c>
+      <c r="E99" s="55">
+        <v>10</v>
+      </c>
+      <c r="F99" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G99" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="H99" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I99" s="53" t="s">
+        <v>98</v>
+      </c>
+      <c r="J99" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K99" s="6"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
     </row>
-    <row r="100" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="B100" s="1">
+    <row r="100" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B100" s="93">
+        <v>2</v>
+      </c>
+      <c r="C100" s="93" t="s">
+        <v>2</v>
+      </c>
+      <c r="D100" s="94">
+        <v>8</v>
+      </c>
+      <c r="E100" s="95">
         <v>12</v>
       </c>
-      <c r="C100" s="1" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="F100" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G100" s="94" t="s">
+        <v>74</v>
+      </c>
+      <c r="H100" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="I100" s="93" t="s">
+        <v>136</v>
+      </c>
+      <c r="J100" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="K100" s="6"/>
+      <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
     </row>
-    <row r="101" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="101" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B101" s="1">
+        <v>2</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D101" s="2">
+        <v>8</v>
+      </c>
+      <c r="E101" s="3">
+        <v>13</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H101" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="J101" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K101" s="6"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
     </row>
-    <row r="102" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="102" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B102" s="53">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="C102" s="53" t="s">
         <v>2</v>
       </c>
       <c r="D102" s="54">
+        <v>8</v>
+      </c>
+      <c r="E102" s="55">
+        <v>13</v>
+      </c>
+      <c r="F102" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G102" s="54" t="s">
         <v>7</v>
       </c>
-      <c r="E102" s="55">
-[...7 lines deleted...]
-      </c>
       <c r="H102" s="54" t="s">
         <v>5</v>
       </c>
       <c r="I102" s="53" t="s">
-        <v>74</v>
+        <v>113</v>
       </c>
       <c r="J102" s="54" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="M102" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="K102" s="6"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
     </row>
-    <row r="103" spans="2:16" x14ac:dyDescent="0.15">
-[...27 lines deleted...]
-      <c r="M103" s="1"/>
+    <row r="103" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B103" s="53">
+        <v>2</v>
+      </c>
+      <c r="C103" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D103" s="54">
+        <v>11</v>
+      </c>
+      <c r="E103" s="55">
+        <v>19</v>
+      </c>
+      <c r="F103" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G103" s="54" t="s">
+        <v>122</v>
+      </c>
+      <c r="H103" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I103" s="53" t="s">
+        <v>101</v>
+      </c>
+      <c r="J103" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K103" s="6"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
     </row>
-    <row r="104" spans="2:16" x14ac:dyDescent="0.15">
-[...26 lines deleted...]
-      </c>
+    <row r="104" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B104" s="104">
+        <v>2</v>
+      </c>
+      <c r="C104" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="D104" s="105">
+        <v>14</v>
+      </c>
+      <c r="E104" s="106">
+        <v>11</v>
+      </c>
+      <c r="F104" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G104" s="105"/>
+      <c r="H104" s="105"/>
+      <c r="I104" s="104"/>
+      <c r="J104" s="105"/>
+      <c r="K104" s="6"/>
+      <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
     </row>
-    <row r="105" spans="2:16" x14ac:dyDescent="0.15">
-[...27 lines deleted...]
-      <c r="M105" s="1"/>
+    <row r="105" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B105" s="1">
+        <v>2</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D105" s="2">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3">
+        <v>13</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="H105" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="J105" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K105" s="6"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
     </row>
-    <row r="106" spans="2:16" x14ac:dyDescent="0.15">
-[...6 lines deleted...]
-      <c r="D106" s="54">
+    <row r="106" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B106" s="104">
+        <v>2</v>
+      </c>
+      <c r="C106" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D106" s="105">
+        <v>15</v>
+      </c>
+      <c r="E106" s="106">
         <v>13</v>
       </c>
-      <c r="E106" s="55">
-[...16 lines deleted...]
-      </c>
+      <c r="F106" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G106" s="105"/>
+      <c r="H106" s="105"/>
+      <c r="I106" s="104"/>
+      <c r="J106" s="105"/>
+      <c r="K106" s="6"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
     </row>
-    <row r="107" spans="2:16" x14ac:dyDescent="0.15">
-[...27 lines deleted...]
-      <c r="M107" s="1"/>
+    <row r="107" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B107" s="1">
+        <v>2</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D107" s="2">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3">
+        <v>13</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H107" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="J107" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K107" s="6"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
     </row>
-    <row r="108" spans="2:16" x14ac:dyDescent="0.15">
+    <row r="108" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B108" s="100">
+        <v>2</v>
+      </c>
+      <c r="C108" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D108" s="101">
+        <v>18</v>
+      </c>
+      <c r="E108" s="102">
+        <v>19</v>
+      </c>
+      <c r="F108" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G108" s="101"/>
+      <c r="H108" s="101"/>
+      <c r="I108" s="100"/>
+      <c r="J108" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K108" s="6"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
     </row>
-    <row r="109" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="M109" s="1"/>
+    <row r="109" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B109" s="53">
+        <v>2</v>
+      </c>
+      <c r="C109" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D109" s="54">
+        <v>21</v>
+      </c>
+      <c r="E109" s="55">
+        <v>11</v>
+      </c>
+      <c r="F109" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G109" s="54" t="s">
+        <v>111</v>
+      </c>
+      <c r="H109" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I109" s="53" t="s">
+        <v>128</v>
+      </c>
+      <c r="J109" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K109" s="6"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
     </row>
-    <row r="110" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="M110" s="1"/>
+    <row r="110" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B110" s="1">
+        <v>2</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D110" s="2">
+        <v>22</v>
+      </c>
+      <c r="E110" s="3">
+        <v>10</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="H110" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="J110" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K110" s="6"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
     </row>
-    <row r="111" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="M111" s="1"/>
+    <row r="111" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B111" s="1">
+        <v>2</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D111" s="2">
+        <v>22</v>
+      </c>
+      <c r="E111" s="3">
+        <v>10.3</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H111" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="J111" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K111" s="6"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
     </row>
-    <row r="112" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="M112" s="1"/>
+    <row r="112" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B112" s="53">
+        <v>2</v>
+      </c>
+      <c r="C112" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D112" s="54">
+        <v>22</v>
+      </c>
+      <c r="E112" s="55">
+        <v>10.3</v>
+      </c>
+      <c r="F112" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G112" s="54" t="s">
+        <v>70</v>
+      </c>
+      <c r="H112" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I112" s="53" t="s">
+        <v>91</v>
+      </c>
+      <c r="J112" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K112" s="6"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
     </row>
-    <row r="113" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M113" s="1"/>
+    <row r="113" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B113" s="53">
+        <v>2</v>
+      </c>
+      <c r="C113" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D113" s="54">
+        <v>22</v>
+      </c>
+      <c r="E113" s="55">
+        <v>13.3</v>
+      </c>
+      <c r="F113" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G113" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="H113" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I113" s="53" t="s">
+        <v>123</v>
+      </c>
+      <c r="J113" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K113" s="6"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
     </row>
-    <row r="114" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M114" s="1"/>
+    <row r="114" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B114" s="1">
+        <v>2</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D114" s="2">
+        <v>23</v>
+      </c>
+      <c r="E114" s="3">
+        <v>19</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H114" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="J114" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K114" s="6"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
     </row>
-    <row r="115" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="115" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B115" s="100">
+        <v>2</v>
+      </c>
+      <c r="C115" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D115" s="101">
+        <v>25</v>
+      </c>
+      <c r="E115" s="102">
+        <v>19</v>
+      </c>
+      <c r="F115" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G115" s="101"/>
+      <c r="H115" s="101"/>
+      <c r="I115" s="100"/>
+      <c r="J115" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K115" s="6"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
     </row>
-    <row r="116" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M116" s="1"/>
+    <row r="116" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B116" s="53">
+        <v>2</v>
+      </c>
+      <c r="C116" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D116" s="54">
+        <v>28</v>
+      </c>
+      <c r="E116" s="55">
+        <v>11</v>
+      </c>
+      <c r="F116" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G116" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="H116" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I116" s="53" t="s">
+        <v>97</v>
+      </c>
+      <c r="J116" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K116" s="6"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
     </row>
-    <row r="117" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M117" s="1"/>
+    <row r="117" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A117" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C117" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="D117" s="43"/>
+      <c r="E117" s="43"/>
+      <c r="F117" s="43"/>
+      <c r="G117" s="43"/>
+      <c r="H117" s="43"/>
+      <c r="I117" s="46"/>
+      <c r="J117" s="43"/>
+      <c r="K117" s="6"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
     </row>
-    <row r="118" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M118" s="1"/>
+    <row r="118" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B118" s="1">
+        <v>3</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D118" s="2">
+        <v>1</v>
+      </c>
+      <c r="E118" s="3">
+        <v>12</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H118" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="J118" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K118" s="6"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
     </row>
-    <row r="119" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="119" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B119" s="96">
+        <v>3</v>
+      </c>
+      <c r="C119" s="96" t="s">
+        <v>2</v>
+      </c>
+      <c r="D119" s="97">
+        <v>1</v>
+      </c>
+      <c r="E119" s="98">
+        <v>13</v>
+      </c>
+      <c r="F119" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="G119" s="97" t="s">
+        <v>75</v>
+      </c>
+      <c r="H119" s="97" t="s">
+        <v>9</v>
+      </c>
+      <c r="I119" s="96" t="s">
+        <v>141</v>
+      </c>
+      <c r="J119" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="K119" s="6"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
     </row>
-    <row r="120" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M120" s="1"/>
+    <row r="120" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B120" s="1">
+        <v>3</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D120" s="2">
+        <v>2</v>
+      </c>
+      <c r="E120" s="3">
+        <v>19</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H120" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J120" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K120" s="6"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
     </row>
-    <row r="121" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="121" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B121" s="100">
+        <v>3</v>
+      </c>
+      <c r="C121" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D121" s="101">
+        <v>4</v>
+      </c>
+      <c r="E121" s="102">
+        <v>19</v>
+      </c>
+      <c r="F121" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G121" s="101"/>
+      <c r="H121" s="101"/>
+      <c r="I121" s="100"/>
+      <c r="J121" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K121" s="6"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
     </row>
-    <row r="122" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M122" s="1"/>
+    <row r="122" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B122" s="53">
+        <v>3</v>
+      </c>
+      <c r="C122" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D122" s="54">
+        <v>7</v>
+      </c>
+      <c r="E122" s="55">
+        <v>11</v>
+      </c>
+      <c r="F122" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G122" s="54" t="s">
+        <v>7</v>
+      </c>
+      <c r="H122" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I122" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="J122" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K122" s="6"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
     </row>
-    <row r="123" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M123" s="1"/>
+    <row r="123" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B123" s="1">
+        <v>3</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D123" s="2">
+        <v>7</v>
+      </c>
+      <c r="E123" s="3">
+        <v>12</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H123" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="J123" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K123" s="6"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
     </row>
-    <row r="124" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M124" s="1"/>
+    <row r="124" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B124" s="1">
+        <v>3</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D124" s="2">
+        <v>8</v>
+      </c>
+      <c r="E124" s="3">
+        <v>10</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H124" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="J124" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K124" s="6"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
     </row>
-    <row r="125" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="125" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B125" s="96">
+        <v>3</v>
+      </c>
+      <c r="C125" s="96" t="s">
+        <v>2</v>
+      </c>
+      <c r="D125" s="97">
+        <v>8</v>
+      </c>
+      <c r="E125" s="98">
+        <v>13</v>
+      </c>
+      <c r="F125" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="G125" s="97" t="s">
+        <v>74</v>
+      </c>
+      <c r="H125" s="97" t="s">
+        <v>9</v>
+      </c>
+      <c r="I125" s="96" t="s">
+        <v>137</v>
+      </c>
+      <c r="J125" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="K125" s="6"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
     </row>
-    <row r="126" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M126" s="1"/>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B126" s="53">
+        <v>3</v>
+      </c>
+      <c r="C126" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D126" s="54">
+        <v>11</v>
+      </c>
+      <c r="E126" s="55">
+        <v>19</v>
+      </c>
+      <c r="F126" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G126" s="54" t="s">
+        <v>122</v>
+      </c>
+      <c r="H126" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I126" s="53" t="s">
+        <v>121</v>
+      </c>
+      <c r="J126" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K126" s="6"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
     </row>
-    <row r="127" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M127" s="1"/>
+    <row r="127" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B127" s="1">
+        <v>3</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D127" s="2">
+        <v>12</v>
+      </c>
+      <c r="E127" s="3">
+        <v>19</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H127" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J127" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K127" s="6"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
     </row>
-    <row r="128" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M128" s="1"/>
+    <row r="128" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B128" s="1">
+        <v>3</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D128" s="2">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3">
+        <v>10.3</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H128" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="J128" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K128" s="6"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
     </row>
-    <row r="129" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="129" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B129" s="104">
+        <v>3</v>
+      </c>
+      <c r="C129" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="D129" s="105">
+        <v>14</v>
+      </c>
+      <c r="E129" s="106">
+        <v>11</v>
+      </c>
+      <c r="F129" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G129" s="105"/>
+      <c r="H129" s="105"/>
+      <c r="I129" s="104"/>
+      <c r="J129" s="105"/>
+      <c r="K129" s="6"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
     </row>
-    <row r="130" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="130" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B130" s="104">
+        <v>3</v>
+      </c>
+      <c r="C130" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D130" s="105">
+        <v>15</v>
+      </c>
+      <c r="E130" s="106">
+        <v>13</v>
+      </c>
+      <c r="F130" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G130" s="105"/>
+      <c r="H130" s="105"/>
+      <c r="I130" s="104"/>
+      <c r="J130" s="105"/>
+      <c r="K130" s="6"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
     </row>
-    <row r="131" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="131" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B131" s="100">
+        <v>3</v>
+      </c>
+      <c r="C131" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="D131" s="101">
+        <v>18</v>
+      </c>
+      <c r="E131" s="102">
+        <v>19</v>
+      </c>
+      <c r="F131" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G131" s="101"/>
+      <c r="H131" s="101"/>
+      <c r="I131" s="100"/>
+      <c r="J131" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K131" s="6"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
     </row>
-    <row r="132" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M132" s="1"/>
+    <row r="132" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B132" s="53">
+        <v>3</v>
+      </c>
+      <c r="C132" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D132" s="54">
+        <v>21</v>
+      </c>
+      <c r="E132" s="55">
+        <v>11</v>
+      </c>
+      <c r="F132" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G132" s="54" t="s">
+        <v>79</v>
+      </c>
+      <c r="H132" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I132" s="53" t="s">
+        <v>116</v>
+      </c>
+      <c r="J132" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K132" s="6"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
     </row>
-    <row r="133" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M133" s="1"/>
+    <row r="133" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B133" s="1">
+        <v>3</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D133" s="2">
+        <v>21</v>
+      </c>
+      <c r="E133" s="3">
+        <v>13</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="H133" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="J133" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K133" s="6"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
     </row>
-    <row r="134" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M134" s="1"/>
+    <row r="134" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B134" s="53">
+        <v>3</v>
+      </c>
+      <c r="C134" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D134" s="54">
+        <v>22</v>
+      </c>
+      <c r="E134" s="55">
+        <v>10</v>
+      </c>
+      <c r="F134" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G134" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="H134" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I134" s="53" t="s">
+        <v>124</v>
+      </c>
+      <c r="J134" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K134" s="6"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
     </row>
-    <row r="135" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="135" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B135" s="104">
+        <v>3</v>
+      </c>
+      <c r="C135" s="104" t="s">
+        <v>2</v>
+      </c>
+      <c r="D135" s="105">
+        <v>22</v>
+      </c>
+      <c r="E135" s="106">
+        <v>13</v>
+      </c>
+      <c r="F135" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G135" s="105"/>
+      <c r="H135" s="105"/>
+      <c r="I135" s="104"/>
+      <c r="J135" s="105"/>
+      <c r="K135" s="6"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
     </row>
-    <row r="136" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M136" s="1"/>
+    <row r="136" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B136" s="1">
+        <v>3</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D136" s="2">
+        <v>22</v>
+      </c>
+      <c r="E136" s="3">
+        <v>13</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H136" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="J136" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K136" s="6"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
     </row>
-    <row r="137" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M137" s="1"/>
+    <row r="137" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B137" s="1">
+        <v>3</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D137" s="2">
+        <v>22</v>
+      </c>
+      <c r="E137" s="3">
+        <v>13</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I137" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="J137" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K137" s="6"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
     </row>
-    <row r="138" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M138" s="1"/>
+    <row r="138" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B138" s="53">
+        <v>3</v>
+      </c>
+      <c r="C138" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D138" s="54">
+        <v>25</v>
+      </c>
+      <c r="E138" s="55">
+        <v>19</v>
+      </c>
+      <c r="F138" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G138" s="54" t="s">
+        <v>35</v>
+      </c>
+      <c r="H138" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I138" s="53" t="s">
+        <v>118</v>
+      </c>
+      <c r="J138" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K138" s="6"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
     </row>
-    <row r="139" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M139" s="1"/>
+    <row r="139" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B139" s="104">
+        <v>3</v>
+      </c>
+      <c r="C139" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="D139" s="105">
+        <v>28</v>
+      </c>
+      <c r="E139" s="106">
+        <v>11</v>
+      </c>
+      <c r="F139" s="105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G139" s="105"/>
+      <c r="H139" s="105"/>
+      <c r="I139" s="104"/>
+      <c r="J139" s="105"/>
+      <c r="K139" s="6"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
     </row>
-    <row r="140" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M140" s="1"/>
+    <row r="140" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B140" s="53">
+        <v>3</v>
+      </c>
+      <c r="C140" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D140" s="54">
+        <v>29</v>
+      </c>
+      <c r="E140" s="55">
+        <v>10</v>
+      </c>
+      <c r="F140" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G140" s="54" t="s">
+        <v>70</v>
+      </c>
+      <c r="H140" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="I140" s="53" t="s">
+        <v>68</v>
+      </c>
+      <c r="J140" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="K140" s="6"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
     </row>
-    <row r="141" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="141" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B141" s="96">
+        <v>3</v>
+      </c>
+      <c r="C141" s="96" t="s">
+        <v>2</v>
+      </c>
+      <c r="D141" s="97">
+        <v>29</v>
+      </c>
+      <c r="E141" s="98">
+        <v>13</v>
+      </c>
+      <c r="F141" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="G141" s="97" t="s">
+        <v>24</v>
+      </c>
+      <c r="H141" s="97" t="s">
+        <v>9</v>
+      </c>
+      <c r="I141" s="96" t="s">
+        <v>134</v>
+      </c>
+      <c r="J141" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="K141" s="6"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
     </row>
-    <row r="142" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M142" s="1"/>
+    <row r="142" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B142" s="1">
+        <v>3</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D142" s="2">
+        <v>30</v>
+      </c>
+      <c r="E142" s="3">
+        <v>19</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H142" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I142" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="J142" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K142" s="6"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
     </row>
-    <row r="143" spans="13:16" x14ac:dyDescent="0.15">
-      <c r="M143" s="1"/>
+    <row r="143" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A143" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C143" s="43" t="s">
+        <v>0</v>
+      </c>
+      <c r="D143" s="52"/>
+      <c r="E143" s="43"/>
+      <c r="F143" s="43"/>
+      <c r="G143" s="43"/>
+      <c r="H143" s="43"/>
+      <c r="I143" s="46"/>
+      <c r="J143" s="44"/>
+      <c r="K143" s="6"/>
       <c r="N143" s="1"/>
-      <c r="O143" s="1"/>
-[...80 lines deleted...]
-    <row r="157" spans="13:16" x14ac:dyDescent="0.15">
+      <c r="O143" s="4"/>
+    </row>
+    <row r="157" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
     </row>
-    <row r="158" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="158" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
     </row>
-    <row r="159" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="159" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
     </row>
-    <row r="160" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="160" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
     </row>
-    <row r="161" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="161" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
     </row>
-    <row r="162" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="162" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
     </row>
-    <row r="163" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="163" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
     </row>
-    <row r="164" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="164" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
       <c r="P164" s="1"/>
     </row>
-    <row r="165" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="165" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
     </row>
-    <row r="166" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="166" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
     </row>
-    <row r="167" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="167" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
     </row>
-    <row r="168" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="168" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
     </row>
-    <row r="169" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="169" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
     </row>
-    <row r="170" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="170" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
     </row>
-    <row r="171" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="171" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
     </row>
-    <row r="172" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="172" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
     </row>
-    <row r="173" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="173" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
     </row>
-    <row r="174" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="174" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
     </row>
-    <row r="175" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="175" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
     </row>
-    <row r="176" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="176" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
     </row>
-    <row r="177" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="177" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
     </row>
-    <row r="178" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="178" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
     </row>
-    <row r="179" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="179" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
     </row>
-    <row r="180" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="180" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
     </row>
-    <row r="181" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="181" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
     </row>
-    <row r="182" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="182" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
     </row>
-    <row r="183" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="183" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
     </row>
-    <row r="184" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="184" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
     </row>
-    <row r="185" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="185" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
     </row>
-    <row r="186" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="186" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
     </row>
-    <row r="187" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="187" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
     </row>
-    <row r="188" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="188" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
     </row>
-    <row r="189" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="189" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
     </row>
-    <row r="190" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="190" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
     </row>
-    <row r="191" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="191" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
     </row>
-    <row r="192" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="192" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1"/>
     </row>
-    <row r="193" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="193" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
     </row>
-    <row r="194" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="194" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
     </row>
-    <row r="195" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="195" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
     </row>
-    <row r="196" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="196" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
     </row>
-    <row r="197" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="197" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
     </row>
-    <row r="198" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="198" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
     </row>
-    <row r="199" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="199" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
     </row>
-    <row r="200" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="200" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
     </row>
-    <row r="201" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="201" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
     </row>
-    <row r="202" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="202" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
       <c r="P202" s="1"/>
     </row>
-    <row r="203" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="203" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
     </row>
-    <row r="204" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="204" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
     </row>
-    <row r="205" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="205" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1"/>
     </row>
-    <row r="206" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="206" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
       <c r="P206" s="1"/>
     </row>
-    <row r="207" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="207" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
     </row>
-    <row r="208" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="208" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1"/>
     </row>
-    <row r="209" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="209" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
     </row>
-    <row r="210" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="210" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
     </row>
-    <row r="211" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="211" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
     </row>
-    <row r="212" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="212" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
     </row>
-    <row r="213" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="213" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
     </row>
-    <row r="214" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="214" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
     </row>
-    <row r="215" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="215" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
     </row>
-    <row r="216" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="216" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
     </row>
-    <row r="217" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="217" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
     </row>
-    <row r="218" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="218" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1"/>
     </row>
-    <row r="219" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="219" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
     </row>
-    <row r="220" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="220" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
     </row>
-    <row r="221" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="221" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
     </row>
-    <row r="222" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="222" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
     </row>
-    <row r="223" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="223" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
     </row>
-    <row r="224" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="224" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
     </row>
-    <row r="225" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="225" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
     </row>
-    <row r="226" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="226" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
     </row>
-    <row r="227" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="227" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
     </row>
-    <row r="228" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="228" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
     </row>
-    <row r="229" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="229" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
     </row>
-    <row r="230" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="230" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
     </row>
-    <row r="231" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="231" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
     </row>
-    <row r="232" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="232" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
     </row>
-    <row r="233" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="233" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
     </row>
-    <row r="234" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="234" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
     </row>
-    <row r="235" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="235" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
     </row>
-    <row r="236" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="236" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
     </row>
-    <row r="237" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="237" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
     </row>
-    <row r="238" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="238" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
     </row>
-    <row r="239" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="239" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1"/>
     </row>
-    <row r="240" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="240" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
     </row>
-    <row r="241" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="241" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
     </row>
-    <row r="242" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="242" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
     </row>
-    <row r="243" spans="13:16" x14ac:dyDescent="0.15">
+    <row r="243" spans="13:16" x14ac:dyDescent="0.2">
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
     </row>
+    <row r="244" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M244" s="1"/>
+      <c r="N244" s="1"/>
+      <c r="O244" s="1"/>
+      <c r="P244" s="1"/>
+    </row>
+    <row r="245" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M245" s="1"/>
+      <c r="N245" s="1"/>
+      <c r="O245" s="1"/>
+      <c r="P245" s="1"/>
+    </row>
+    <row r="246" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M246" s="1"/>
+      <c r="N246" s="1"/>
+      <c r="O246" s="1"/>
+      <c r="P246" s="1"/>
+    </row>
+    <row r="247" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M247" s="1"/>
+      <c r="N247" s="1"/>
+      <c r="O247" s="1"/>
+      <c r="P247" s="1"/>
+    </row>
+    <row r="248" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M248" s="1"/>
+      <c r="N248" s="1"/>
+      <c r="O248" s="1"/>
+      <c r="P248" s="1"/>
+    </row>
+    <row r="249" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M249" s="1"/>
+      <c r="N249" s="1"/>
+      <c r="O249" s="1"/>
+      <c r="P249" s="1"/>
+    </row>
+    <row r="250" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M250" s="1"/>
+      <c r="N250" s="1"/>
+      <c r="O250" s="1"/>
+      <c r="P250" s="1"/>
+    </row>
+    <row r="251" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M251" s="1"/>
+      <c r="N251" s="1"/>
+      <c r="O251" s="1"/>
+      <c r="P251" s="1"/>
+    </row>
+    <row r="252" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M252" s="1"/>
+      <c r="N252" s="1"/>
+      <c r="O252" s="1"/>
+      <c r="P252" s="1"/>
+    </row>
+    <row r="253" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M253" s="1"/>
+      <c r="N253" s="1"/>
+      <c r="O253" s="1"/>
+      <c r="P253" s="1"/>
+    </row>
+    <row r="254" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M254" s="1"/>
+      <c r="N254" s="1"/>
+      <c r="O254" s="1"/>
+      <c r="P254" s="1"/>
+    </row>
+    <row r="255" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M255" s="1"/>
+      <c r="N255" s="1"/>
+      <c r="O255" s="1"/>
+      <c r="P255" s="1"/>
+    </row>
+    <row r="256" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M256" s="1"/>
+      <c r="N256" s="1"/>
+      <c r="O256" s="1"/>
+      <c r="P256" s="1"/>
+    </row>
+    <row r="257" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M257" s="1"/>
+      <c r="N257" s="1"/>
+      <c r="O257" s="1"/>
+      <c r="P257" s="1"/>
+    </row>
+    <row r="258" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M258" s="1"/>
+      <c r="N258" s="1"/>
+      <c r="O258" s="1"/>
+      <c r="P258" s="1"/>
+    </row>
+    <row r="259" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M259" s="1"/>
+      <c r="N259" s="1"/>
+      <c r="O259" s="1"/>
+      <c r="P259" s="1"/>
+    </row>
+    <row r="260" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M260" s="1"/>
+      <c r="N260" s="1"/>
+      <c r="O260" s="1"/>
+      <c r="P260" s="1"/>
+    </row>
+    <row r="261" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M261" s="1"/>
+      <c r="N261" s="1"/>
+      <c r="O261" s="1"/>
+      <c r="P261" s="1"/>
+    </row>
+    <row r="262" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M262" s="1"/>
+      <c r="N262" s="1"/>
+      <c r="O262" s="1"/>
+      <c r="P262" s="1"/>
+    </row>
+    <row r="263" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M263" s="1"/>
+      <c r="N263" s="1"/>
+      <c r="O263" s="1"/>
+      <c r="P263" s="1"/>
+    </row>
+    <row r="264" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M264" s="1"/>
+      <c r="N264" s="1"/>
+      <c r="O264" s="1"/>
+      <c r="P264" s="1"/>
+    </row>
+    <row r="265" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M265" s="1"/>
+      <c r="N265" s="1"/>
+      <c r="O265" s="1"/>
+      <c r="P265" s="1"/>
+    </row>
+    <row r="266" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M266" s="1"/>
+      <c r="N266" s="1"/>
+      <c r="O266" s="1"/>
+      <c r="P266" s="1"/>
+    </row>
+    <row r="267" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M267" s="1"/>
+      <c r="N267" s="1"/>
+      <c r="O267" s="1"/>
+      <c r="P267" s="1"/>
+    </row>
+    <row r="268" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M268" s="1"/>
+      <c r="N268" s="1"/>
+      <c r="O268" s="1"/>
+      <c r="P268" s="1"/>
+    </row>
+    <row r="269" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M269" s="1"/>
+      <c r="N269" s="1"/>
+      <c r="O269" s="1"/>
+      <c r="P269" s="1"/>
+    </row>
+    <row r="270" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M270" s="1"/>
+      <c r="N270" s="1"/>
+      <c r="O270" s="1"/>
+      <c r="P270" s="1"/>
+    </row>
+    <row r="271" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M271" s="1"/>
+      <c r="N271" s="1"/>
+      <c r="O271" s="1"/>
+      <c r="P271" s="1"/>
+    </row>
+    <row r="272" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M272" s="1"/>
+      <c r="N272" s="1"/>
+      <c r="O272" s="1"/>
+      <c r="P272" s="1"/>
+    </row>
+    <row r="273" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M273" s="1"/>
+      <c r="N273" s="1"/>
+      <c r="O273" s="1"/>
+      <c r="P273" s="1"/>
+    </row>
+    <row r="274" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M274" s="1"/>
+      <c r="N274" s="1"/>
+      <c r="O274" s="1"/>
+      <c r="P274" s="1"/>
+    </row>
+    <row r="275" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M275" s="1"/>
+      <c r="N275" s="1"/>
+      <c r="O275" s="1"/>
+      <c r="P275" s="1"/>
+    </row>
+    <row r="276" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M276" s="1"/>
+      <c r="N276" s="1"/>
+      <c r="O276" s="1"/>
+      <c r="P276" s="1"/>
+    </row>
+    <row r="277" spans="13:16" x14ac:dyDescent="0.2">
+      <c r="M277" s="1"/>
+      <c r="N277" s="1"/>
+      <c r="O277" s="1"/>
+      <c r="P277" s="1"/>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B20:J105">
-[...3 lines deleted...]
-    <sortCondition ref="F20:F105"/>
+  <sortState ref="B73:M159">
+    <sortCondition ref="B73:B159"/>
+    <sortCondition ref="D73:D159"/>
+    <sortCondition ref="E73:E159"/>
+    <sortCondition ref="F73:F159"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.55000000000000004" right="0.55000000000000004" top="0.55000000000000004" bottom="0.55000000000000004" header="0.39000000000000007" footer="0.28000000000000003"/>
-  <pageSetup scale="95" orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
+  <pageSetup scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;RPrepared by Tracey Mackey</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K112"/>
+  <dimension ref="A1:M112"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H2" sqref="H2:I2"/>
+      <selection activeCell="K67" sqref="K67"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.83203125" defaultRowHeight="14" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="11.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="11.83203125" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="4.5" style="11" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="11.85546875" style="10" customWidth="1"/>
+    <col min="3" max="3" width="5.42578125" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="4.42578125" style="11" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13" style="11" customWidth="1"/>
-    <col min="7" max="7" width="4.5" style="9" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="11.83203125" style="10"/>
+    <col min="7" max="7" width="4.42578125" style="9" customWidth="1"/>
+    <col min="8" max="8" width="23.28515625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="16.85546875" style="10" customWidth="1"/>
+    <col min="10" max="10" width="3.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="18.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="16.7109375" style="10" customWidth="1"/>
+    <col min="13" max="16384" width="11.85546875" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" s="49" t="str">
         <f>Master!C1</f>
         <v>BERKHAMSTED TENNIS FIXTURES WINTER 25/26</v>
       </c>
       <c r="B1" s="11"/>
       <c r="C1" s="14"/>
       <c r="D1" s="15"/>
       <c r="G1" s="11" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="H1" s="51">
-        <v>45916</v>
+        <v>45953</v>
       </c>
       <c r="I1" s="11"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="28" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="26"/>
       <c r="D2" s="27"/>
       <c r="F2" s="11" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-    <row r="3" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+        <v>52</v>
+      </c>
+      <c r="H2" s="111" t="s">
+        <v>147</v>
+      </c>
+      <c r="I2" s="111"/>
+    </row>
+    <row r="3" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="13"/>
       <c r="B3" s="11"/>
       <c r="C3" s="14"/>
       <c r="D3" s="15"/>
       <c r="I3" s="11"/>
     </row>
-    <row r="4" spans="1:11" s="74" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" s="74" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="72" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="B4" s="73"/>
-      <c r="C4" s="79"/>
-[...6 lines deleted...]
-      <c r="H4" s="84"/>
+      <c r="C4" s="77"/>
+      <c r="D4" s="103" t="s">
+        <v>168</v>
+      </c>
+      <c r="E4" s="78"/>
+      <c r="F4" s="79"/>
+      <c r="G4" s="80"/>
+      <c r="H4" s="81"/>
       <c r="I4" s="11"/>
     </row>
-    <row r="5" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="13"/>
       <c r="B5" s="11"/>
       <c r="C5" s="14"/>
       <c r="D5" s="15"/>
       <c r="I5" s="11"/>
     </row>
-    <row r="6" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C6" s="94"/>
+    <row r="6" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="84" t="s">
+        <v>106</v>
+      </c>
+      <c r="B6" s="85"/>
+      <c r="C6" s="86"/>
       <c r="D6" s="15"/>
       <c r="I6" s="11"/>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="11"/>
       <c r="C7" s="14"/>
       <c r="D7" s="15"/>
       <c r="I7" s="11"/>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A8" s="13"/>
       <c r="B8" s="11"/>
       <c r="C8" s="14"/>
       <c r="D8" s="15"/>
       <c r="I8" s="11"/>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A9" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="20" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="18" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="18" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="21"/>
       <c r="H9" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="23" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="10" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" x14ac:dyDescent="0.15">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" s="13"/>
       <c r="B10" s="11"/>
       <c r="C10" s="14"/>
       <c r="D10" s="15"/>
       <c r="I10" s="11"/>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.15">
-[...13 lines deleted...]
-    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="108" t="s">
+        <v>108</v>
+      </c>
+      <c r="B11" s="109"/>
+      <c r="C11" s="109"/>
+      <c r="D11" s="109"/>
+      <c r="E11" s="109"/>
+      <c r="F11" s="109"/>
+      <c r="G11" s="109"/>
+      <c r="H11" s="109"/>
+      <c r="I11" s="110"/>
+      <c r="K11" s="83"/>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="11">
         <v>10</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="11">
         <v>5</v>
       </c>
       <c r="D12" s="16">
         <v>13</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="10" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="I12" s="11" t="str">
         <f>IF(E12="H","Courts 8&amp;9"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A13" s="96">
+    <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="88">
         <v>10</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C13" s="11">
         <v>26</v>
       </c>
       <c r="D13" s="16">
         <v>10</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H13" s="10" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="I13" s="11" t="str">
         <f t="shared" ref="I13:I21" si="0">IF(E13="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="11">
         <v>11</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="11">
         <v>9</v>
       </c>
       <c r="D14" s="16">
         <v>10</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="10" t="s">
-        <v>155</v>
+        <v>123</v>
       </c>
       <c r="I14" s="11" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="11">
         <v>11</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="11">
         <v>22</v>
       </c>
       <c r="D15" s="16">
         <v>12</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H15" s="10" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="I15" s="11" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A16" s="96">
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="88">
         <v>12</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C16" s="11">
         <v>7</v>
       </c>
       <c r="D16" s="16">
         <v>10</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G16" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H16" s="10" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="I16" s="11" t="str">
         <f t="shared" si="0"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A17" s="96">
+    <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="88">
         <v>1</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C17" s="11">
         <v>25</v>
       </c>
       <c r="D17" s="16">
         <v>10.3</v>
       </c>
       <c r="E17" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G17" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H17" s="10" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="I17" s="11" t="str">
         <f t="shared" si="0"/>
         <v>Courts 8&amp;9</v>
       </c>
       <c r="J17" s="24"/>
     </row>
-    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="11">
         <v>2</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="11">
         <v>14</v>
       </c>
       <c r="D18" s="16">
         <v>13</v>
       </c>
       <c r="E18" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="I18" s="11" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="19" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A19" s="96">
+    <row r="19" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="88">
         <v>2</v>
       </c>
       <c r="B19" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="11">
         <v>22</v>
       </c>
       <c r="D19" s="16">
         <v>13.3</v>
       </c>
       <c r="E19" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G19" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H19" s="10" t="s">
-        <v>155</v>
+        <v>123</v>
       </c>
       <c r="I19" s="11" t="str">
         <f t="shared" si="0"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A20" s="96">
+    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="88">
         <v>2</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C20" s="11">
         <v>28</v>
       </c>
       <c r="D20" s="16">
         <v>11</v>
       </c>
       <c r="E20" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H20" s="10" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="I20" s="11" t="str">
         <f t="shared" si="0"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
         <v>3</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="11">
         <v>21</v>
       </c>
       <c r="D21" s="16">
         <v>13</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="10" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="I21" s="11" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D22" s="16"/>
       <c r="I22" s="11"/>
     </row>
-    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...14 lines deleted...]
-      <c r="A24" s="96">
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="108" t="s">
+        <v>109</v>
+      </c>
+      <c r="B23" s="109"/>
+      <c r="C23" s="109"/>
+      <c r="D23" s="109"/>
+      <c r="E23" s="109"/>
+      <c r="F23" s="109"/>
+      <c r="G23" s="109"/>
+      <c r="H23" s="109"/>
+      <c r="I23" s="110"/>
+      <c r="K23" s="83"/>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="88">
         <v>10</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C24" s="11">
         <v>4</v>
       </c>
       <c r="D24" s="16">
         <v>11</v>
       </c>
       <c r="E24" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F24" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G24" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H24" s="10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="I24" s="11" t="str">
         <f t="shared" ref="I24:I35" si="1">IF(E24="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="25" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="25" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="11">
         <v>10</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="11">
         <v>12</v>
       </c>
       <c r="D25" s="16">
         <v>10.3</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="10" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="I25" s="11" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A26" s="96">
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="88">
         <v>10</v>
       </c>
       <c r="B26" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="11">
         <v>18</v>
       </c>
       <c r="D26" s="16">
         <v>11</v>
       </c>
       <c r="E26" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F26" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H26" s="10" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="I26" s="11" t="str">
         <f t="shared" si="1"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="27" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="27" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
         <v>10</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="11">
         <v>26</v>
       </c>
       <c r="D27" s="16">
         <v>12.3</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="10" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="I27" s="11" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="K27" s="10" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      <c r="A28" s="96">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="88">
         <v>12</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C28" s="11">
         <v>13</v>
       </c>
       <c r="D28" s="16">
         <v>11</v>
       </c>
       <c r="E28" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F28" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G28" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H28" s="10" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="I28" s="11" t="str">
         <f t="shared" si="1"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="11">
         <v>12</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C29" s="11">
         <v>7</v>
       </c>
       <c r="D29" s="16">
         <v>10.3</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H29" s="10" t="s">
-        <v>156</v>
+        <v>124</v>
       </c>
       <c r="I29" s="11" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="11">
         <v>1</v>
       </c>
       <c r="B30" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="11">
         <v>11</v>
       </c>
       <c r="D30" s="16">
         <v>10</v>
       </c>
       <c r="E30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F30" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H30" s="10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="I30" s="11" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A31" s="96">
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="88">
         <v>1</v>
       </c>
       <c r="B31" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="11">
         <v>17</v>
       </c>
       <c r="D31" s="16">
         <v>11</v>
       </c>
       <c r="E31" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F31" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G31" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H31" s="10" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="I31" s="11" t="str">
         <f t="shared" si="1"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="11">
         <v>2</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="11">
         <v>15</v>
       </c>
       <c r="D32" s="16">
         <v>13</v>
       </c>
       <c r="E32" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F32" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G32" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H32" s="10" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="I32" s="11" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A33" s="96">
+    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="88">
         <v>2</v>
       </c>
       <c r="B33" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C33" s="11">
         <v>8</v>
       </c>
       <c r="D33" s="16">
         <v>10</v>
       </c>
       <c r="E33" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F33" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G33" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H33" s="10" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="I33" s="11" t="str">
         <f t="shared" si="1"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="34" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="34" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="11">
         <v>3</v>
       </c>
       <c r="B34" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C34" s="11">
         <v>14</v>
       </c>
       <c r="D34" s="16">
         <v>10.3</v>
       </c>
       <c r="E34" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F34" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G34" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H34" s="10" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="I34" s="11" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A35" s="96">
+    <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="88">
         <v>3</v>
       </c>
       <c r="B35" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="11">
         <v>22</v>
       </c>
       <c r="D35" s="16">
         <v>10</v>
       </c>
       <c r="E35" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F35" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G35" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H35" s="10" t="s">
-        <v>156</v>
+        <v>124</v>
       </c>
       <c r="I35" s="11" t="str">
         <f t="shared" si="1"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="I36" s="11"/>
     </row>
-    <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...12 lines deleted...]
-    <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="112" t="s">
+        <v>110</v>
+      </c>
+      <c r="B37" s="113"/>
+      <c r="C37" s="113"/>
+      <c r="D37" s="113"/>
+      <c r="E37" s="113"/>
+      <c r="F37" s="113"/>
+      <c r="G37" s="113"/>
+      <c r="H37" s="113"/>
+      <c r="I37" s="114"/>
+    </row>
+    <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="11">
         <v>10</v>
       </c>
       <c r="B38" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C38" s="11">
         <v>5</v>
       </c>
-      <c r="D38" s="95">
+      <c r="D38" s="87">
         <v>10</v>
       </c>
       <c r="E38" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F38" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G38" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H38" s="10" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="I38" s="11" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      <c r="A39" s="96">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="88">
         <v>12</v>
       </c>
       <c r="B39" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="11">
         <v>7</v>
       </c>
-      <c r="D39" s="95">
+      <c r="D39" s="87">
         <v>13</v>
       </c>
       <c r="E39" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F39" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G39" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H39" s="10" t="s">
-        <v>198</v>
+        <v>148</v>
       </c>
       <c r="I39" s="11" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="11">
         <v>10</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C40" s="11">
         <v>25</v>
       </c>
-      <c r="D40" s="95">
+      <c r="D40" s="87">
         <v>13.3</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F40" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G40" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H40" s="10" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
       <c r="I40" s="11" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      <c r="A41" s="96">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="88">
         <v>11</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C41" s="11">
         <v>8</v>
       </c>
-      <c r="D41" s="95">
+      <c r="D41" s="87">
         <v>11</v>
       </c>
       <c r="E41" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F41" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G41" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H41" s="10" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="I41" s="11" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="11">
         <v>11</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C42" s="11">
         <v>15</v>
       </c>
-      <c r="D42" s="95">
+      <c r="D42" s="87">
         <v>10.3</v>
       </c>
       <c r="E42" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F42" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G42" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H42" s="10" t="s">
-        <v>160</v>
+        <v>128</v>
       </c>
       <c r="I42" s="11" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      <c r="A43" s="96">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="88">
         <v>11</v>
       </c>
       <c r="B43" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C43" s="11">
         <v>29</v>
       </c>
-      <c r="D43" s="95">
+      <c r="D43" s="87">
         <v>11</v>
       </c>
       <c r="E43" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F43" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G43" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H43" s="10" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="I43" s="11" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A44" s="96">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="88">
         <v>1</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C44" s="11">
         <v>11</v>
       </c>
-      <c r="D44" s="95">
+      <c r="D44" s="87">
         <v>13.3</v>
       </c>
       <c r="E44" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F44" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H44" s="10" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="I44" s="11" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="11">
         <v>1</v>
       </c>
       <c r="B45" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C45" s="11">
         <v>25</v>
       </c>
-      <c r="D45" s="95">
+      <c r="D45" s="87">
         <v>10.3</v>
       </c>
       <c r="E45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F45" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G45" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H45" s="10" t="s">
-        <v>198</v>
+        <v>148</v>
       </c>
       <c r="I45" s="11" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      <c r="A46" s="96">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="88">
         <v>2</v>
       </c>
       <c r="B46" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C46" s="11">
         <v>7</v>
       </c>
-      <c r="D46" s="95">
+      <c r="D46" s="87">
         <v>11</v>
       </c>
       <c r="E46" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F46" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G46" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H46" s="10" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
       <c r="I46" s="11" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="11">
         <v>3</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="11">
         <v>1</v>
       </c>
-      <c r="D47" s="95">
+      <c r="D47" s="87">
         <v>12</v>
       </c>
       <c r="E47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H47" s="10" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="I47" s="11" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      <c r="A48" s="96">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="88">
         <v>2</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C48" s="11">
         <v>21</v>
       </c>
-      <c r="D48" s="95">
+      <c r="D48" s="87">
         <v>11</v>
       </c>
       <c r="E48" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F48" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G48" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H48" s="10" t="s">
-        <v>160</v>
+        <v>128</v>
       </c>
       <c r="I48" s="11" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="11">
         <v>3</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C49" s="11">
         <v>22</v>
       </c>
-      <c r="D49" s="95">
+      <c r="D49" s="87">
         <v>13</v>
       </c>
       <c r="E49" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F49" s="11" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="G49" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H49" s="10" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="I49" s="11" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="I50" s="11"/>
     </row>
-    <row r="51" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="51" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="I51" s="11"/>
     </row>
-    <row r="52" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...12 lines deleted...]
-    <row r="53" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="52" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="108" t="s">
+        <v>96</v>
+      </c>
+      <c r="B52" s="109"/>
+      <c r="C52" s="109"/>
+      <c r="D52" s="109"/>
+      <c r="E52" s="109"/>
+      <c r="F52" s="109"/>
+      <c r="G52" s="109"/>
+      <c r="H52" s="109"/>
+      <c r="I52" s="110"/>
+    </row>
+    <row r="53" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="11">
         <v>10</v>
       </c>
       <c r="B53" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C53" s="11">
         <v>5</v>
       </c>
       <c r="D53" s="16">
         <v>9.3000000000000007</v>
       </c>
       <c r="E53" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F53" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G53" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H53" s="10" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="I53" s="11" t="str">
         <f t="shared" ref="I53:I62" si="2">IF(E53="H","Courts 8&amp;9"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="K53" s="10" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      <c r="A54" s="96">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="88">
         <v>10</v>
       </c>
       <c r="B54" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C54" s="11">
         <v>19</v>
       </c>
       <c r="D54" s="16">
         <v>10</v>
       </c>
       <c r="E54" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F54" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H54" s="10" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="I54" s="11" t="str">
         <f t="shared" si="2"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="55" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="55" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="11">
         <v>11</v>
       </c>
       <c r="B55" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="11">
         <v>9</v>
       </c>
       <c r="D55" s="16">
         <v>10.3</v>
       </c>
       <c r="E55" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F55" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G55" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H55" s="10" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="I55" s="11" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A56" s="96">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="88">
         <v>11</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C56" s="11">
         <v>2</v>
       </c>
       <c r="D56" s="16">
         <v>13</v>
       </c>
       <c r="E56" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F56" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G56" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H56" s="10" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="I56" s="11" t="str">
         <f t="shared" si="2"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="11">
         <v>11</v>
       </c>
       <c r="B57" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C57" s="11">
         <v>29</v>
       </c>
       <c r="D57" s="16">
         <v>13</v>
       </c>
       <c r="E57" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F57" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G57" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H57" s="10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="I57" s="11" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A58" s="96">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="88">
         <v>1</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="11">
         <v>25</v>
       </c>
       <c r="D58" s="16">
         <v>13.3</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F58" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H58" s="10" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="I58" s="11" t="str">
         <f t="shared" si="2"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="11">
         <v>2</v>
       </c>
       <c r="B59" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="11">
         <v>8</v>
       </c>
       <c r="D59" s="16">
         <v>13</v>
       </c>
       <c r="E59" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F59" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G59" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H59" s="10" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="I59" s="11" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A60" s="96">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="88">
         <v>2</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C60" s="11">
         <v>22</v>
       </c>
       <c r="D60" s="16">
         <v>10.3</v>
       </c>
       <c r="E60" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F60" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G60" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H60" s="10" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="I60" s="11" t="str">
         <f t="shared" si="2"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="11">
         <v>3</v>
       </c>
       <c r="B61" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C61" s="11">
         <v>8</v>
       </c>
       <c r="D61" s="16">
         <v>10</v>
       </c>
       <c r="E61" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F61" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G61" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H61" s="10" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="I61" s="11" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A62" s="96">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="88">
         <v>3</v>
       </c>
       <c r="B62" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C62" s="11">
         <v>29</v>
       </c>
       <c r="D62" s="16">
         <v>10</v>
       </c>
       <c r="E62" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F62" s="11" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G62" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H62" s="10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="I62" s="11" t="str">
         <f t="shared" si="2"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
-[...14 lines deleted...]
-      <c r="A65" s="96">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="108" t="s">
+        <v>78</v>
+      </c>
+      <c r="B64" s="109"/>
+      <c r="C64" s="109"/>
+      <c r="D64" s="109"/>
+      <c r="E64" s="109"/>
+      <c r="F64" s="109"/>
+      <c r="G64" s="109"/>
+      <c r="H64" s="109"/>
+      <c r="I64" s="110"/>
+    </row>
+    <row r="65" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="88">
         <v>10</v>
       </c>
       <c r="B65" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C65" s="11">
         <v>11</v>
       </c>
       <c r="D65" s="16">
         <v>11</v>
       </c>
       <c r="E65" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F65" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G65" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H65" s="10" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="I65" s="11" t="str">
         <f t="shared" ref="I65:I74" si="3">IF(E65="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="66" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="11">
         <v>10</v>
       </c>
       <c r="B66" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C66" s="11">
         <v>19</v>
       </c>
       <c r="D66" s="16">
         <v>10.3</v>
       </c>
       <c r="E66" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F66" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G66" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H66" s="10" t="s">
-        <v>145</v>
+        <v>113</v>
       </c>
       <c r="I66" s="11" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A67" s="96">
+      <c r="K66" s="10" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="88">
         <v>11</v>
       </c>
       <c r="B67" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="11">
         <v>2</v>
       </c>
       <c r="D67" s="16">
         <v>10</v>
       </c>
       <c r="E67" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F67" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G67" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H67" s="10" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="I67" s="11" t="str">
         <f t="shared" si="3"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="68" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="11">
         <v>11</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C68" s="11">
         <v>23</v>
       </c>
       <c r="D68" s="16">
         <v>10.3</v>
       </c>
       <c r="E68" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F68" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G68" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H68" s="10" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="I68" s="11" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="69" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A69" s="96">
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="88">
         <v>12</v>
       </c>
       <c r="B69" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C69" s="11">
         <v>6</v>
       </c>
       <c r="D69" s="16">
         <v>11</v>
       </c>
       <c r="E69" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F69" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G69" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H69" s="10" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="I69" s="11" t="str">
         <f t="shared" si="3"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="70" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="11">
         <v>1</v>
       </c>
       <c r="B70" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C70" s="11">
         <v>24</v>
       </c>
       <c r="D70" s="16">
         <v>12</v>
       </c>
       <c r="E70" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F70" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G70" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H70" s="10" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="I70" s="11" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="71" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A71" s="96">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="88">
         <v>2</v>
       </c>
       <c r="B71" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C71" s="11">
         <v>8</v>
       </c>
       <c r="D71" s="16">
         <v>13</v>
       </c>
       <c r="E71" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F71" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G71" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H71" s="10" t="s">
-        <v>145</v>
+        <v>113</v>
       </c>
       <c r="I71" s="11" t="str">
         <f t="shared" si="3"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="72" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="11">
         <v>2</v>
       </c>
       <c r="B72" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C72" s="11">
         <v>22</v>
       </c>
       <c r="D72" s="16">
         <v>10</v>
       </c>
       <c r="E72" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F72" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G72" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H72" s="10" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="I72" s="11" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="73" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A73" s="96">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="88">
         <v>3</v>
       </c>
       <c r="B73" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C73" s="11">
         <v>7</v>
       </c>
       <c r="D73" s="16">
         <v>11</v>
       </c>
       <c r="E73" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F73" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G73" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H73" s="10" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="I73" s="11" t="str">
         <f t="shared" si="3"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="74" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="11">
         <v>3</v>
       </c>
       <c r="B74" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C74" s="11">
         <v>22</v>
       </c>
       <c r="D74" s="16">
         <v>13</v>
       </c>
       <c r="E74" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F74" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G74" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H74" s="10" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="I74" s="11" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="75" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="I75" s="10" t="str">
         <f t="shared" ref="I75" si="4">IF(E75="H","Courts 10&amp;11"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="76" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...13 lines deleted...]
-      <c r="A77" s="96">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="108" t="s">
+        <v>102</v>
+      </c>
+      <c r="B76" s="109"/>
+      <c r="C76" s="109"/>
+      <c r="D76" s="109"/>
+      <c r="E76" s="109"/>
+      <c r="F76" s="109"/>
+      <c r="G76" s="109"/>
+      <c r="H76" s="109"/>
+      <c r="I76" s="110"/>
+    </row>
+    <row r="77" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="88">
         <v>10</v>
       </c>
       <c r="B77" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="11">
         <v>25</v>
       </c>
       <c r="D77" s="16">
         <v>11</v>
       </c>
       <c r="E77" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F77" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G77" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H77" s="10" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="I77" s="11" t="str">
         <f t="shared" ref="I77:I85" si="5">IF(E77="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="78" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="78" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="11">
         <v>10</v>
       </c>
       <c r="B78" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C78" s="11">
         <v>12</v>
       </c>
       <c r="D78" s="16">
         <v>13</v>
       </c>
       <c r="E78" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F78" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G78" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H78" s="10" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="I78" s="11" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="79" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A79" s="96">
+    <row r="79" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="88">
         <v>12</v>
       </c>
       <c r="B79" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C79" s="11">
         <v>14</v>
       </c>
       <c r="D79" s="16">
         <v>13.3</v>
       </c>
       <c r="E79" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F79" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G79" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H79" s="10" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="I79" s="11" t="str">
         <f t="shared" si="5"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="80" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A80" s="96">
+    <row r="80" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="88">
         <v>11</v>
       </c>
       <c r="B80" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C80" s="11">
         <v>15</v>
       </c>
       <c r="D80" s="16">
         <v>11</v>
       </c>
       <c r="E80" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F80" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G80" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H80" s="10" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="I80" s="11" t="str">
         <f t="shared" si="5"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="81" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="81" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="11">
         <v>11</v>
       </c>
       <c r="B81" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C81" s="11">
         <v>30</v>
       </c>
       <c r="D81" s="16">
         <v>13</v>
       </c>
       <c r="E81" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F81" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G81" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H81" s="10" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I81" s="11" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="82" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="11">
         <v>1</v>
       </c>
       <c r="B82" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C82" s="11">
         <v>18</v>
       </c>
       <c r="D82" s="16">
         <v>10.3</v>
       </c>
       <c r="E82" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F82" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G82" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H82" s="10" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="I82" s="11" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A83" s="96">
+    <row r="83" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="88">
         <v>2</v>
       </c>
       <c r="B83" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C83" s="11">
         <v>1</v>
       </c>
       <c r="D83" s="16">
         <v>10.3</v>
       </c>
       <c r="E83" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F83" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G83" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H83" s="10" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="I83" s="11" t="str">
         <f t="shared" si="5"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="84" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="11">
         <v>2</v>
       </c>
       <c r="B84" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C84" s="11">
         <v>22</v>
       </c>
       <c r="D84" s="16">
         <v>10.3</v>
       </c>
       <c r="E84" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F84" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G84" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H84" s="10" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="I84" s="11" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="85" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="11">
         <v>3</v>
       </c>
       <c r="B85" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C85" s="11">
         <v>7</v>
       </c>
       <c r="D85" s="16">
         <v>12</v>
       </c>
       <c r="E85" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F85" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G85" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H85" s="10" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="I85" s="11" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A86" s="96">
+    <row r="86" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="88">
         <v>3</v>
       </c>
       <c r="B86" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C86" s="11">
         <v>21</v>
       </c>
       <c r="D86" s="16">
         <v>11</v>
       </c>
       <c r="E86" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F86" s="11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G86" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H86" s="10" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I86" s="11" t="str">
         <f t="shared" ref="I86" si="6">IF(E86="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
       <c r="K86" s="10" t="s">
-        <v>161</v>
-[...17 lines deleted...]
-      <c r="A89" s="96">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="108" t="s">
+        <v>130</v>
+      </c>
+      <c r="B88" s="109"/>
+      <c r="C88" s="109"/>
+      <c r="D88" s="109"/>
+      <c r="E88" s="109"/>
+      <c r="F88" s="109"/>
+      <c r="G88" s="109"/>
+      <c r="H88" s="109"/>
+      <c r="I88" s="110"/>
+    </row>
+    <row r="89" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A89" s="88">
         <v>10</v>
       </c>
       <c r="B89" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C89" s="11">
         <v>8</v>
       </c>
       <c r="D89" s="16">
         <v>19</v>
       </c>
       <c r="E89" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F89" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G89" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H89" s="10" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="I89" s="11" t="str">
         <f t="shared" ref="I89:I98" si="7">IF(E89="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="90" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="90" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A90" s="11">
         <v>10</v>
       </c>
       <c r="B90" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C90" s="11">
         <v>22</v>
       </c>
       <c r="D90" s="16">
         <v>19</v>
       </c>
       <c r="E90" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F90" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G90" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H90" s="10" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="I90" s="11" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="K90" s="10" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      <c r="A91" s="96">
+        <v>167</v>
+      </c>
+      <c r="M90" s="10" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A91" s="88">
         <v>10</v>
       </c>
       <c r="B91" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C91" s="11">
         <v>29</v>
       </c>
       <c r="D91" s="16">
         <v>19</v>
       </c>
       <c r="E91" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F91" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G91" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H91" s="10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="I91" s="11" t="str">
         <f t="shared" si="7"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="92" spans="1:11" x14ac:dyDescent="0.15">
-      <c r="A92" s="96">
+    <row r="92" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A92" s="88">
         <v>11</v>
       </c>
       <c r="B92" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C92" s="11">
         <v>19</v>
       </c>
       <c r="D92" s="16">
         <v>19</v>
       </c>
       <c r="E92" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F92" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G92" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H92" s="10" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="I92" s="11" t="str">
         <f t="shared" si="7"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="93" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="11">
         <v>12</v>
       </c>
       <c r="B93" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C93" s="11">
         <v>2</v>
       </c>
       <c r="D93" s="16">
         <v>18.3</v>
       </c>
       <c r="E93" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F93" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G93" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H93" s="10" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="I93" s="11" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="94" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="94" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A94" s="11">
         <v>1</v>
       </c>
       <c r="B94" s="11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C94" s="11">
         <v>15</v>
       </c>
       <c r="D94" s="16">
         <v>19</v>
       </c>
       <c r="E94" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F94" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G94" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H94" s="10" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="I94" s="11" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="95" spans="1:11" x14ac:dyDescent="0.15">
-      <c r="A95" s="96">
+    <row r="95" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A95" s="88">
         <v>2</v>
       </c>
       <c r="B95" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C95" s="11">
         <v>4</v>
       </c>
       <c r="D95" s="16">
         <v>19</v>
       </c>
       <c r="E95" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F95" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G95" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H95" s="10" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="I95" s="11" t="str">
         <f t="shared" si="7"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="96" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="11">
         <v>2</v>
       </c>
       <c r="B96" s="11" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="C96" s="11">
         <v>23</v>
       </c>
       <c r="D96" s="16">
         <v>19</v>
       </c>
       <c r="E96" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F96" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G96" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H96" s="10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="I96" s="11" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="97" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="97" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="11">
         <v>3</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C97" s="11">
         <v>12</v>
       </c>
       <c r="D97" s="16">
         <v>19</v>
       </c>
       <c r="E97" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F97" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G97" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H97" s="10" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="I97" s="11" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="98" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A98" s="96">
+    <row r="98" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="88">
         <v>3</v>
       </c>
       <c r="B98" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C98" s="11">
         <v>25</v>
       </c>
       <c r="D98" s="16">
         <v>19</v>
       </c>
       <c r="E98" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F98" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G98" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H98" s="10" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="I98" s="11" t="str">
         <f t="shared" si="7"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="100" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...12 lines deleted...]
-    <row r="101" spans="1:9" x14ac:dyDescent="0.15">
+    <row r="100" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="108" t="s">
+        <v>131</v>
+      </c>
+      <c r="B100" s="109"/>
+      <c r="C100" s="109"/>
+      <c r="D100" s="109"/>
+      <c r="E100" s="109"/>
+      <c r="F100" s="109"/>
+      <c r="G100" s="109"/>
+      <c r="H100" s="109"/>
+      <c r="I100" s="110"/>
+    </row>
+    <row r="101" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A101" s="11">
         <v>10</v>
       </c>
       <c r="B101" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C101" s="11">
         <v>1</v>
       </c>
       <c r="D101" s="16">
         <v>19</v>
       </c>
       <c r="E101" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F101" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G101" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H101" s="10" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="I101" s="11" t="str">
         <f t="shared" ref="I101:I112" si="8">IF(E101="H","Courts 8&amp;9"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="102" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A102" s="96">
+    <row r="102" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A102" s="88">
         <v>10</v>
       </c>
       <c r="B102" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C102" s="11">
         <v>15</v>
       </c>
       <c r="D102" s="16">
         <v>19</v>
       </c>
       <c r="E102" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F102" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G102" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H102" s="10" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="I102" s="11" t="str">
         <f t="shared" si="8"/>
         <v>Courts 8&amp;9</v>
       </c>
-    </row>
-    <row r="103" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="K102" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="L102" s="10" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A103" s="11">
         <v>10</v>
       </c>
       <c r="B103" s="11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C103" s="11">
         <v>30</v>
       </c>
       <c r="D103" s="16">
         <v>19</v>
       </c>
       <c r="E103" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F103" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G103" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H103" s="10" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="I103" s="11" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="104" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A104" s="96">
+    <row r="104" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A104" s="88">
         <v>10</v>
       </c>
       <c r="B104" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C104" s="11">
         <v>22</v>
       </c>
       <c r="D104" s="16">
         <v>19</v>
       </c>
       <c r="E104" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F104" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G104" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H104" s="10" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="I104" s="11" t="str">
         <f t="shared" si="8"/>
         <v>Courts 8&amp;9</v>
       </c>
-    </row>
-    <row r="105" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="K104" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="L104" s="10" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="11">
         <v>11</v>
       </c>
       <c r="B105" s="11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C105" s="11">
         <v>20</v>
       </c>
       <c r="D105" s="16">
         <v>18.3</v>
       </c>
       <c r="E105" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F105" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G105" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H105" s="10" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="I105" s="11" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="106" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A106" s="96">
+    <row r="106" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A106" s="88">
         <v>12</v>
       </c>
       <c r="B106" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C106" s="11">
         <v>10</v>
       </c>
       <c r="D106" s="16">
         <v>19</v>
       </c>
       <c r="E106" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F106" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G106" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H106" s="10" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="I106" s="11" t="str">
         <f t="shared" si="8"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="107" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A107" s="96">
+    <row r="107" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A107" s="88">
         <v>1</v>
       </c>
       <c r="B107" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C107" s="11">
         <v>14</v>
       </c>
       <c r="D107" s="16">
         <v>19</v>
       </c>
       <c r="E107" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F107" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G107" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H107" s="10" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="I107" s="11" t="str">
         <f t="shared" si="8"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="108" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="108" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="11">
         <v>1</v>
       </c>
       <c r="B108" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C108" s="11">
         <v>21</v>
       </c>
       <c r="D108" s="16">
         <v>19</v>
       </c>
       <c r="E108" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F108" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G108" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H108" s="10" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="I108" s="11" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="109" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A109" s="96">
+    <row r="109" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="88">
         <v>2</v>
       </c>
       <c r="B109" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C109" s="11">
         <v>11</v>
       </c>
       <c r="D109" s="16">
         <v>19</v>
       </c>
       <c r="E109" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F109" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G109" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H109" s="10" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="I109" s="11" t="str">
         <f t="shared" si="8"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="110" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="110" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="11">
         <v>3</v>
       </c>
       <c r="B110" s="11" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="C110" s="11">
         <v>2</v>
       </c>
       <c r="D110" s="16">
         <v>19</v>
       </c>
       <c r="E110" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F110" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G110" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H110" s="10" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="I110" s="11" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="111" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A111" s="96">
+    <row r="111" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A111" s="88">
         <v>3</v>
       </c>
       <c r="B111" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C111" s="11">
         <v>11</v>
       </c>
       <c r="D111" s="16">
         <v>19</v>
       </c>
       <c r="E111" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F111" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G111" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H111" s="10" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="I111" s="11" t="str">
         <f t="shared" si="8"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="112" spans="1:9" x14ac:dyDescent="0.15">
+    <row r="112" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A112" s="11">
         <v>3</v>
       </c>
       <c r="B112" s="11" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="C112" s="11">
         <v>30</v>
       </c>
       <c r="D112" s="16">
         <v>19</v>
       </c>
       <c r="E112" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F112" s="11" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G112" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H112" s="10" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="I112" s="11" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A95:L104">
+  <sortState ref="A95:L104">
     <sortCondition ref="A95:A104"/>
     <sortCondition ref="C95:C104"/>
   </sortState>
   <mergeCells count="9">
     <mergeCell ref="A100:I100"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A52:I52"/>
     <mergeCell ref="A88:I88"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A64:I64"/>
     <mergeCell ref="A76:I76"/>
     <mergeCell ref="A37:I37"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A6" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.55118110236220474" bottom="0.23622047244094491" header="0.35433070866141736" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToHeight="2" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293"/>
   <headerFooter alignWithMargins="0"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="8" tint="0.79998168889431442"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J48"/>
+  <dimension ref="A1:I41"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="J42" sqref="J42"/>
+      <selection activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="14" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.5" style="10" customWidth="1"/>
-    <col min="2" max="2" width="9.1640625" style="10"/>
+    <col min="1" max="1" width="8.42578125" style="10" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" style="10"/>
     <col min="3" max="3" width="9" style="10" customWidth="1"/>
-    <col min="4" max="4" width="12.33203125" style="10" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="9.1640625" style="10"/>
+    <col min="4" max="4" width="12.28515625" style="10" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="10" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" style="10" customWidth="1"/>
+    <col min="7" max="7" width="4.42578125" style="10" customWidth="1"/>
+    <col min="8" max="8" width="24.42578125" style="10" customWidth="1"/>
+    <col min="9" max="9" width="12.7109375" style="10" customWidth="1"/>
+    <col min="10" max="10" width="28.42578125" style="10" customWidth="1"/>
+    <col min="11" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="str">
         <f>Master!C1</f>
         <v>BERKHAMSTED TENNIS FIXTURES WINTER 25/26</v>
       </c>
-      <c r="H1" s="77">
-[...3 lines deleted...]
-    <row r="2" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="H1" s="75">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="8"/>
     </row>
-    <row r="3" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
     </row>
-    <row r="4" spans="1:10" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="57" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B4" s="58"/>
       <c r="C4" s="59"/>
       <c r="D4" s="56" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="11"/>
-      <c r="H4" s="75" t="s">
-[...4 lines deleted...]
-    <row r="5" spans="1:10" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="8"/>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.15">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="8"/>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.15">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="32" t="s">
         <v>31</v>
       </c>
       <c r="B7" s="33"/>
       <c r="C7" s="34"/>
       <c r="D7" s="35"/>
     </row>
-    <row r="8" spans="1:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="14" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9"/>
       <c r="H9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="11" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13"/>
       <c r="B10" s="11"/>
       <c r="C10" s="14"/>
       <c r="D10" s="16"/>
       <c r="E10" s="11"/>
       <c r="F10" s="9"/>
       <c r="G10" s="9"/>
       <c r="I10" s="11"/>
     </row>
-    <row r="11" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="36" t="s">
-        <v>100</v>
+        <v>154</v>
       </c>
       <c r="B11" s="61"/>
       <c r="C11" s="62"/>
       <c r="D11" s="63" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E11" s="64"/>
       <c r="F11" s="65" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
-      <c r="J11" s="91" t="s">
-[...15 lines deleted...]
-      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="11"/>
+      <c r="B12" s="11"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="16"/>
       <c r="E12" s="11" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>40</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H12" s="10" t="s">
-        <v>72</v>
+        <v>152</v>
       </c>
       <c r="I12" s="9"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.15">
-[...11 lines deleted...]
-      </c>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="11"/>
+      <c r="B13" s="11"/>
+      <c r="C13" s="14"/>
+      <c r="D13" s="16"/>
       <c r="E13" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>40</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H13" s="10" t="s">
-        <v>68</v>
-[...17 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="I13" s="9"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="11"/>
+      <c r="B14" s="11"/>
+      <c r="C14" s="14"/>
+      <c r="D14" s="16"/>
       <c r="E14" s="11" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>40</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H14" s="10" t="s">
-        <v>127</v>
-[...17 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="I14" s="9"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="11"/>
+      <c r="B15" s="11"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="16"/>
       <c r="E15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>40</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H15" s="10" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="I15" s="9"/>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.15">
-[...11 lines deleted...]
-      </c>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="11"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="14"/>
+      <c r="D16" s="16"/>
       <c r="E16" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="G16" s="9" t="s">
-[...3 lines deleted...]
-        <v>122</v>
+      <c r="G16" s="9"/>
+      <c r="H16" s="10" t="s">
+        <v>171</v>
       </c>
       <c r="I16" s="9"/>
     </row>
-    <row r="17" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="11"/>
       <c r="B17" s="11"/>
       <c r="C17" s="14"/>
       <c r="D17" s="16"/>
-      <c r="E17" s="11"/>
-[...1 lines deleted...]
-      <c r="H17" s="9"/>
+      <c r="E17" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H17" s="9" t="s">
+        <v>137</v>
+      </c>
       <c r="I17" s="9"/>
     </row>
-    <row r="18" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      </c>
+    <row r="18" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="11"/>
+      <c r="B18" s="11"/>
+      <c r="C18" s="14"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="11"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
-      <c r="I18" s="9" t="str">
-        <f>IF(E18="H","Courts 8&amp;9"," ")</f>
+      <c r="I18" s="9"/>
+    </row>
+    <row r="19" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="36" t="s">
+        <v>61</v>
+      </c>
+      <c r="B19" s="61"/>
+      <c r="C19" s="62"/>
+      <c r="D19" s="63" t="s">
+        <v>63</v>
+      </c>
+      <c r="E19" s="64"/>
+      <c r="F19" s="65" t="s">
+        <v>84</v>
+      </c>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9" t="str">
+        <f>IF(E19="H","Courts 8&amp;9"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J18" s="91" t="s">
-[...42 lines deleted...]
-      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="11"/>
+      <c r="B20" s="11"/>
+      <c r="C20" s="14"/>
+      <c r="D20" s="16"/>
       <c r="E20" s="11" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>33</v>
       </c>
       <c r="G20" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H20" s="9" t="s">
-        <v>118</v>
-[...14 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="I20" s="9"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="11"/>
+      <c r="B21" s="11"/>
+      <c r="C21" s="14"/>
+      <c r="D21" s="16"/>
       <c r="E21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>33</v>
       </c>
       <c r="G21" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H21" s="10" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H21" s="9" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="11"/>
+      <c r="B22" s="11"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="16"/>
       <c r="E22" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>33</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H22" s="9" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="H22" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="I22" s="9"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="11"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="16"/>
       <c r="E23" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F23" s="11" t="s">
         <v>33</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="9" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="I23" s="42" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.15">
-[...11 lines deleted...]
-      </c>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="11"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="16"/>
       <c r="E24" s="11" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F24" s="11" t="s">
         <v>33</v>
       </c>
       <c r="G24" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="9" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="I24" s="42" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="25" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      <c r="H26" s="9"/>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="11"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="F25" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H25" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="I25" s="42" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="I26" s="9"/>
-      <c r="J26" s="91" t="s">
-[...22 lines deleted...]
-      <c r="G27" s="89" t="s">
+    </row>
+    <row r="27" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" s="61"/>
+      <c r="C27" s="62"/>
+      <c r="D27" s="63" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" s="64"/>
+      <c r="F27" s="65" t="s">
+        <v>66</v>
+      </c>
+      <c r="G27" s="9"/>
+      <c r="H27" s="9"/>
+      <c r="I27" s="9"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="11"/>
+      <c r="B28" s="11"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="F28" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H27" s="89" t="s">
-[...29 lines deleted...]
-        <v>96</v>
+      <c r="H28" s="9" t="s">
+        <v>174</v>
       </c>
       <c r="I28" s="42" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.15">
-[...18 lines deleted...]
-      <c r="G29" s="89" t="s">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="11"/>
+      <c r="B29" s="11"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="16"/>
+      <c r="E29" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="F29" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G29" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H29" s="76" t="s">
-[...25 lines deleted...]
-      <c r="G30" s="89" t="s">
+      <c r="H29" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="I29" s="9"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="11">
+        <v>4</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C30" s="14">
+        <v>14</v>
+      </c>
+      <c r="D30" s="16">
+        <v>11</v>
+      </c>
+      <c r="E30" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="F30" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G30" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H30" s="76" t="s">
-[...11 lines deleted...]
-      <c r="C31" s="88">
+      <c r="H30" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="I30" s="9" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="11"/>
+      <c r="B31" s="11"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G31" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H31" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="I31" s="9"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="11">
+        <v>3</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C32" s="14">
+        <v>31</v>
+      </c>
+      <c r="D32" s="16">
         <v>11</v>
       </c>
-      <c r="D31" s="86">
-[...8 lines deleted...]
-      <c r="G31" s="89" t="s">
+      <c r="E32" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G32" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H31" s="89"/>
-[...15 lines deleted...]
-      <c r="G32" s="89" t="s">
+      <c r="H32" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="I32" s="9" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="11"/>
+      <c r="B33" s="11"/>
+      <c r="C33" s="14"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="F33" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G33" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H32" s="89"/>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="H33" s="9" t="s">
+        <v>56</v>
+      </c>
       <c r="I33" s="9"/>
     </row>
-    <row r="34" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="H34" s="9"/>
+    <row r="34" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="I34" s="9"/>
-      <c r="J34" s="91" t="s">
-[...25 lines deleted...]
-      <c r="H35" s="9" t="s">
+    </row>
+    <row r="35" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="B35" s="61"/>
+      <c r="C35" s="62"/>
+      <c r="D35" s="63" t="s">
         <v>58</v>
       </c>
-      <c r="I35" s="42" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="E35" s="64"/>
+      <c r="F35" s="65" t="s">
+        <v>105</v>
+      </c>
+      <c r="G35" s="9"/>
+      <c r="H35" s="9"/>
+      <c r="I35" s="9"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="11"/>
+      <c r="B36" s="11"/>
+      <c r="C36" s="14"/>
+      <c r="D36" s="16"/>
       <c r="E36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="11" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G36" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H36" s="9" t="s">
-        <v>125</v>
-[...15 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="11"/>
+      <c r="B37" s="11"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="16"/>
       <c r="E37" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F37" s="11" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G37" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H37" s="10" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="H37" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="I37" s="9"/>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="11"/>
+      <c r="B38" s="11"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="16"/>
       <c r="E38" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F38" s="11" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H38" s="9" t="s">
-        <v>130</v>
-[...15 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="11"/>
+      <c r="B39" s="11"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="16"/>
       <c r="E39" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F39" s="11" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G39" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H39" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="I39" s="9" t="s">
         <v>60</v>
       </c>
-      <c r="I39" s="90" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:10" x14ac:dyDescent="0.15">
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="11"/>
       <c r="B40" s="11"/>
       <c r="C40" s="14"/>
       <c r="D40" s="16"/>
       <c r="E40" s="11" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F40" s="11" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G40" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H40" s="9" t="s">
-        <v>131</v>
-[...45 lines deleted...]
-      <c r="G43" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="I40" s="42" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="11"/>
+      <c r="B41" s="11"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="16"/>
+      <c r="E41" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="F41" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="G41" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H43" s="9" t="s">
-[...141 lines deleted...]
-        <v>65</v>
+      <c r="H41" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="I41" s="9" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293"/>
   <headerFooter alignWithMargins="0"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor theme="4" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P31"/>
+  <dimension ref="A1:J45"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A12" sqref="A12:I16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="14" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.5" style="10" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="24.5" style="9" customWidth="1"/>
+    <col min="1" max="1" width="8.42578125" style="10" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" style="9"/>
+    <col min="3" max="3" width="6.85546875" style="10" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" style="10" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="10" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" style="11" customWidth="1"/>
+    <col min="7" max="7" width="4.42578125" style="10" customWidth="1"/>
+    <col min="8" max="8" width="24.42578125" style="9" customWidth="1"/>
     <col min="9" max="9" width="14" style="10" customWidth="1"/>
-    <col min="10" max="10" width="18.6640625" style="10" customWidth="1"/>
-    <col min="11" max="16384" width="9.1640625" style="10"/>
+    <col min="10" max="10" width="18.7109375" style="10" customWidth="1"/>
+    <col min="11" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="str">
         <f>Master!C1</f>
         <v>BERKHAMSTED TENNIS FIXTURES WINTER 25/26</v>
       </c>
       <c r="H1" s="51">
-        <v>45915</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:10" x14ac:dyDescent="0.15">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.15">
-      <c r="A3" s="109" t="s">
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" s="115" t="s">
         <v>32</v>
       </c>
-      <c r="B3" s="110"/>
-      <c r="C3" s="111"/>
+      <c r="B3" s="116"/>
+      <c r="C3" s="117"/>
       <c r="I3" s="70" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="J3" s="71" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-    <row r="6" spans="1:10" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:10" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:10" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="57" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B6" s="58"/>
       <c r="C6" s="59"/>
       <c r="D6" s="56" t="s">
-        <v>193</v>
+        <v>144</v>
       </c>
       <c r="E6" s="60"/>
     </row>
-    <row r="7" spans="1:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.15"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:10" x14ac:dyDescent="0.15">
+    <row r="7" spans="1:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="14" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9"/>
       <c r="H9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="11" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="11" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13"/>
       <c r="C10" s="14"/>
       <c r="D10" s="15"/>
       <c r="E10" s="11"/>
       <c r="G10" s="9"/>
       <c r="I10" s="11"/>
     </row>
-    <row r="11" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="30" t="s">
         <v>37</v>
       </c>
       <c r="B11" s="37"/>
       <c r="C11" s="66" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="D11" s="47" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E11" s="11"/>
       <c r="G11" s="9"/>
       <c r="I11" s="11"/>
-      <c r="J11" s="91"/>
-[...2 lines deleted...]
-      <c r="A12" s="11"/>
+      <c r="J11" s="83"/>
+    </row>
+    <row r="12" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="11">
+        <v>11</v>
+      </c>
       <c r="B12" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="14"/>
+      <c r="C12" s="14">
+        <v>9</v>
+      </c>
       <c r="D12" s="16">
         <v>12</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H12" s="9" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="I12" s="11" t="str">
         <f>IF(E12="H","Courts 8&amp;9"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="13" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A13" s="11"/>
+    <row r="13" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="11">
+        <v>3</v>
+      </c>
       <c r="B13" s="9" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="C13" s="14"/>
+        <v>2</v>
+      </c>
+      <c r="C13" s="14">
+        <v>29</v>
+      </c>
       <c r="D13" s="16">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H13" s="9" t="s">
-        <v>60</v>
+        <v>134</v>
       </c>
       <c r="I13" s="11" t="str">
         <f>IF(E13="H","Courts 8&amp;9"," ")</f>
-        <v xml:space="preserve"> </v>
-[...3 lines deleted...]
-      <c r="A14" s="11"/>
+        <v>Courts 8&amp;9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="11">
+        <v>1</v>
+      </c>
       <c r="B14" s="9" t="s">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="C14" s="14"/>
+        <v>1</v>
+      </c>
+      <c r="C14" s="14">
+        <v>31</v>
+      </c>
       <c r="D14" s="16">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="I14" s="11" t="str">
         <f>IF(E14="H","Courts 8&amp;9"," ")</f>
-        <v xml:space="preserve"> </v>
-[...3 lines deleted...]
-      <c r="A15" s="11"/>
+        <v>Courts 8&amp;9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11">
+        <v>2</v>
+      </c>
       <c r="B15" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="14">
+        <v>1</v>
+      </c>
       <c r="D15" s="16">
-        <v>11</v>
+        <v>13.3</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H15" s="10" t="s">
-        <v>166</v>
+        <v>57</v>
       </c>
       <c r="I15" s="11" t="str">
         <f>IF(E15="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="16" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A16" s="11"/>
+    <row r="16" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11">
+        <v>1</v>
+      </c>
       <c r="B16" s="9" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="D16" s="16">
+        <v>2</v>
+      </c>
+      <c r="C16" s="14">
         <v>11</v>
       </c>
+      <c r="D16" s="16"/>
       <c r="E16" s="11" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="I16" s="11" t="str">
         <f>IF(E16="H","Courts 8&amp;9"," ")</f>
-        <v>Courts 8&amp;9</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="11"/>
       <c r="C17" s="14"/>
       <c r="D17" s="15"/>
       <c r="E17" s="11"/>
       <c r="G17" s="11"/>
       <c r="I17" s="11" t="str">
         <f t="shared" ref="I17:I23" si="0">IF(E17="H","Courts 8&amp;9"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="30" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="66" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="D18" s="47" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="E18" s="11"/>
       <c r="G18" s="11"/>
       <c r="H18" s="10"/>
       <c r="I18" s="11" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J18" s="91"/>
-[...2 lines deleted...]
-      <c r="A19" s="11"/>
+      <c r="J18" s="83"/>
+    </row>
+    <row r="19" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11">
+        <v>1</v>
+      </c>
       <c r="B19" s="9" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="C19" s="14"/>
+        <v>2</v>
+      </c>
+      <c r="C19" s="14">
+        <v>18</v>
+      </c>
       <c r="D19" s="16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E19" s="11" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F19" s="11" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G19" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H19" s="10" t="s">
-        <v>169</v>
+        <v>133</v>
       </c>
       <c r="I19" s="11" t="str">
         <f t="shared" si="0"/>
-        <v>Courts 8&amp;9</v>
-[...3 lines deleted...]
-      <c r="A20" s="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11">
+        <v>11</v>
+      </c>
       <c r="B20" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="C20" s="14"/>
+      <c r="C20" s="14">
+        <v>1</v>
+      </c>
       <c r="D20" s="16">
         <v>11</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F20" s="11" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H20" s="9" t="s">
-        <v>170</v>
+        <v>132</v>
       </c>
       <c r="I20" s="11" t="str">
         <f t="shared" si="0"/>
-        <v xml:space="preserve"> </v>
-[...3 lines deleted...]
-      <c r="A21" s="11"/>
+        <v>Courts 8&amp;9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11">
+        <v>12</v>
+      </c>
       <c r="B21" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="C21" s="14"/>
+      <c r="C21" s="14">
+        <v>6</v>
+      </c>
       <c r="D21" s="16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E21" s="11" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F21" s="11" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H21" s="9" t="s">
-        <v>164</v>
+        <v>57</v>
       </c>
       <c r="I21" s="11" t="str">
         <f t="shared" si="0"/>
-        <v>Courts 8&amp;9</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="11">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="14">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D22" s="16">
         <v>12</v>
       </c>
       <c r="E22" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F22" s="11" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G22" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H22" s="9" t="s">
-        <v>60</v>
+        <v>136</v>
       </c>
       <c r="I22" s="11" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J22" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A23" s="11"/>
+    </row>
+    <row r="23" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="11">
+        <v>3</v>
+      </c>
       <c r="B23" s="9" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="C23" s="14"/>
+        <v>2</v>
+      </c>
+      <c r="C23" s="14">
+        <v>8</v>
+      </c>
       <c r="D23" s="16">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E23" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F23" s="11" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G23" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="9" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="I23" s="11" t="str">
         <f t="shared" si="0"/>
         <v>Courts 8&amp;9</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="11"/>
       <c r="C24" s="14"/>
       <c r="D24" s="15"/>
       <c r="E24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="10"/>
       <c r="I24" s="11"/>
     </row>
-    <row r="25" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="30" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="B25" s="37"/>
       <c r="C25" s="66" t="s">
-        <v>176</v>
+        <v>143</v>
       </c>
       <c r="D25" s="47" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="E25" s="11"/>
       <c r="G25" s="11"/>
       <c r="H25" s="10"/>
-      <c r="I25" s="11" t="str">
-[...5 lines deleted...]
-    <row r="26" spans="1:16" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="I25" s="11"/>
+      <c r="J25" s="83"/>
+    </row>
+    <row r="26" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="11">
         <v>11</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="14">
         <v>22</v>
       </c>
       <c r="D26" s="16">
         <v>11</v>
       </c>
-      <c r="E26" s="101" t="s">
+      <c r="E26" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F26" s="11" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H26" s="9" t="s">
-        <v>171</v>
+        <v>138</v>
       </c>
       <c r="I26" s="11" t="str">
-        <f t="shared" ref="I26:I30" si="2">IF(E26="H","Courts 8&amp;9"," ")</f>
+        <f>IF(E26="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
-      <c r="J26" s="10" t="s">
-[...9 lines deleted...]
-    <row r="27" spans="1:16" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="J26" s="83"/>
+    </row>
+    <row r="27" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
         <v>11</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="14">
         <v>30</v>
       </c>
       <c r="D27" s="16">
         <v>10</v>
       </c>
-      <c r="E27" s="87" t="s">
+      <c r="E27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="11" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H27" s="10" t="s">
-        <v>172</v>
+        <v>139</v>
       </c>
       <c r="I27" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f>IF(E27="H","Courts 8&amp;9"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J27" s="10" t="s">
-[...12 lines deleted...]
-    <row r="28" spans="1:16" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="J27" s="83"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="11">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C28" s="14">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D28" s="16">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>13</v>
+      </c>
+      <c r="E28" s="11" t="s">
+        <v>3</v>
       </c>
       <c r="F28" s="11" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="G28" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H28" s="9" t="s">
-        <v>173</v>
+        <v>142</v>
       </c>
       <c r="I28" s="11" t="str">
-        <f t="shared" si="2"/>
-[...12 lines deleted...]
-    <row r="29" spans="1:16" x14ac:dyDescent="0.15">
+        <f>IF(E28="H","Courts 8&amp;9"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="J28" s="83"/>
+    </row>
+    <row r="29" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C29" s="14">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="D29" s="16">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E29" s="87" t="s">
+        <v>12.3</v>
+      </c>
+      <c r="E29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="11" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>174</v>
+        <v>140</v>
       </c>
       <c r="I29" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f>IF(E29="H","Courts 8&amp;9"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J29" s="10" t="s">
-[...9 lines deleted...]
-    <row r="30" spans="1:16" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="J29" s="83"/>
+    </row>
+    <row r="30" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="11">
         <v>3</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="14">
         <v>1</v>
       </c>
       <c r="D30" s="16">
         <v>13</v>
       </c>
-      <c r="E30" s="87" t="s">
+      <c r="E30" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F30" s="11" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H30" s="9" t="s">
-        <v>175</v>
+        <v>141</v>
       </c>
       <c r="I30" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f>IF(E30="H","Courts 8&amp;9"," ")</f>
         <v>Courts 8&amp;9</v>
       </c>
-      <c r="J30" s="10" t="s">
-[...10 lines deleted...]
-      <c r="A31" s="11"/>
+      <c r="J30" s="83"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="J31" s="83"/>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="92">
+        <v>45991</v>
+      </c>
+      <c r="D36" s="16">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="92">
+        <v>46005</v>
+      </c>
+      <c r="D37" s="16">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D38" s="16"/>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D39" s="16"/>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D40" s="16"/>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D41" s="16"/>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D42" s="16"/>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D43" s="16"/>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D44" s="16"/>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D45" s="16"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A12:K14">
-[...1 lines deleted...]
-    <sortCondition ref="C12:C14"/>
+  <sortState ref="A28:U32">
+    <sortCondition ref="A28:A32"/>
+    <sortCondition ref="C28:C32"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A3:C3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="D6" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
-    <hyperlink ref="K26" r:id="rId2" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
-[...3 lines deleted...]
-    <hyperlink ref="K30" r:id="rId6" xr:uid="{00000000-0004-0000-0300-000005000000}"/>
   </hyperlinks>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.9055118110236221" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" fitToWidth="2" fitToHeight="2" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293"/>
   <headerFooter alignWithMargins="0"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Master</vt:lpstr>
       <vt:lpstr>AL</vt:lpstr>
       <vt:lpstr>Mens Vets</vt:lpstr>
       <vt:lpstr>Ladies Vets</vt:lpstr>
       <vt:lpstr>AL!Print_Area</vt:lpstr>